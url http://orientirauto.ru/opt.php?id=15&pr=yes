--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -485,56 +485,56 @@
   <si>
     <t>VQ25HR</t>
   </si>
   <si>
     <t>в сборе</t>
   </si>
   <si>
     <t xml:space="preserve">CPV35     </t>
   </si>
   <si>
     <t xml:space="preserve">Лев.  </t>
   </si>
   <si>
     <t>купе</t>
   </si>
   <si>
     <t xml:space="preserve">PV35      </t>
   </si>
   <si>
     <t xml:space="preserve">HV35      </t>
   </si>
   <si>
     <t>VQ30DD</t>
   </si>
   <si>
+    <t>82720-AL500, 82730-AL500</t>
+  </si>
+  <si>
     <t>82721-AL500, 82731-AL500</t>
   </si>
   <si>
-    <t>82720-AL500, 82730-AL500</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">V35       </t>
   </si>
   <si>
     <t>VQ25DD</t>
   </si>
   <si>
     <t xml:space="preserve">Stagea                                  </t>
   </si>
   <si>
     <t xml:space="preserve">PNM35     </t>
   </si>
   <si>
     <t xml:space="preserve">Sunny                                   </t>
   </si>
   <si>
     <t xml:space="preserve">FB15      </t>
   </si>
   <si>
     <t xml:space="preserve">Tiida                                   </t>
   </si>
   <si>
     <t xml:space="preserve">C11       </t>
   </si>
   <si>
     <t xml:space="preserve">X-Trail                                 </t>
@@ -542,56 +542,56 @@
   <si>
     <t xml:space="preserve">NT31      </t>
   </si>
   <si>
     <t>MR20DE</t>
   </si>
   <si>
     <t xml:space="preserve">NT30      </t>
   </si>
   <si>
     <t xml:space="preserve">Micra                                   </t>
   </si>
   <si>
     <t xml:space="preserve">K12       </t>
   </si>
   <si>
     <t xml:space="preserve">Patrol                                  </t>
   </si>
   <si>
     <t xml:space="preserve">Y62       </t>
   </si>
   <si>
     <t>VK56VD</t>
   </si>
   <si>
+    <t>254081LA2A</t>
+  </si>
+  <si>
     <t>254081LA3A</t>
   </si>
   <si>
-    <t>254081LA2A</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">HYUNDAI             </t>
   </si>
   <si>
     <t xml:space="preserve">Getz                                    </t>
   </si>
   <si>
     <t xml:space="preserve">TB13      </t>
   </si>
   <si>
     <t>G4EA</t>
   </si>
   <si>
     <t xml:space="preserve">TB14      </t>
   </si>
   <si>
     <t>G4EE</t>
   </si>
   <si>
     <t xml:space="preserve">TB16      </t>
   </si>
   <si>
     <t>G4ED</t>
   </si>
   <si>
     <t xml:space="preserve">Click                                   </t>
@@ -632,57 +632,57 @@
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
+    <t>новый, оригинал, 80720-1CA0C, в наличии 6 шт.</t>
+  </si>
+  <si>
     <t>82720-EG000</t>
   </si>
   <si>
     <t>новый, оригинал, 80721-1CA0C, в наличии 9 шт.</t>
-  </si>
-[...1 lines deleted...]
-    <t>новый, оригинал, 80720-1CA0C, в наличии 6 шт.</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t>82730-1BN0A</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
@@ -1030,51 +1030,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I215"/>
+  <dimension ref="A1:I212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1102,5850 +1102,5769 @@
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>48967</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>48953</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>49234</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>48954</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>48919</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>48978</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>49047</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8" t="s">
         <v>36</v>
       </c>
       <c r="I8">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>48986</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>48927</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>42</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>18</v>
       </c>
       <c r="H10">
         <v>300</v>
       </c>
       <c r="I10">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>48940</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>40</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>52077</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>46</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>48969</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13" t="s">
         <v>51</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>48944</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>49</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14" t="s">
         <v>51</v>
       </c>
       <c r="G14" t="s">
         <v>18</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>49044</v>
+        <v>48929</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>52</v>
       </c>
       <c r="E15" t="s">
         <v>53</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>48929</v>
+        <v>49044</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>53</v>
       </c>
       <c r="F16" t="s">
         <v>40</v>
       </c>
       <c r="G16" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>48921</v>
+        <v>48936</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>56</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>48936</v>
+        <v>48921</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>37</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>48977</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>37</v>
       </c>
       <c r="D19" t="s">
         <v>54</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19" t="s">
         <v>26</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>49076</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>37</v>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>58</v>
       </c>
       <c r="G20" t="s">
         <v>26</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>48952</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>37</v>
       </c>
       <c r="D21" t="s">
         <v>59</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>61</v>
       </c>
       <c r="G21" t="s">
         <v>26</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>48915</v>
+        <v>48955</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>37</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
       <c r="E22" t="s">
         <v>63</v>
       </c>
       <c r="F22" t="s">
         <v>64</v>
       </c>
       <c r="G22" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>48955</v>
+        <v>48915</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>64</v>
       </c>
       <c r="G23" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>48946</v>
+        <v>48938</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>40</v>
       </c>
       <c r="G24" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>48938</v>
+        <v>48946</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
       <c r="D25" t="s">
         <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>40</v>
       </c>
       <c r="G25" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>49167</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>37</v>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>40</v>
       </c>
       <c r="G26" t="s">
         <v>26</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>48974</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27" t="s">
         <v>68</v>
       </c>
       <c r="E27" t="s">
         <v>69</v>
       </c>
       <c r="F27" t="s">
         <v>70</v>
       </c>
       <c r="G27" t="s">
         <v>26</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>49050</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>67</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>73</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>49048</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>67</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>73</v>
       </c>
       <c r="G29" t="s">
         <v>26</v>
       </c>
       <c r="H29" t="s">
         <v>74</v>
       </c>
       <c r="I29">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>48981</v>
+        <v>48993</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>77</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>48993</v>
+        <v>48981</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>67</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>77</v>
       </c>
       <c r="G31" t="s">
         <v>18</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>49046</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>81</v>
       </c>
       <c r="G32" t="s">
         <v>26</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>49049</v>
+        <v>49079</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
       <c r="E33" t="s">
         <v>83</v>
       </c>
       <c r="F33" t="s">
         <v>84</v>
       </c>
       <c r="G33" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H33"/>
       <c r="I33">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>49079</v>
+        <v>49049</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>78</v>
       </c>
       <c r="D34" t="s">
         <v>82</v>
       </c>
       <c r="E34" t="s">
         <v>83</v>
       </c>
       <c r="F34" t="s">
         <v>84</v>
       </c>
       <c r="G34" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H34"/>
       <c r="I34">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>53371</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35" t="s">
         <v>86</v>
       </c>
       <c r="E35" t="s">
         <v>87</v>
       </c>
       <c r="F35" t="s">
         <v>88</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>48935</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
       <c r="D36" t="s">
         <v>86</v>
       </c>
       <c r="E36" t="s">
         <v>89</v>
       </c>
       <c r="F36" t="s">
         <v>90</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>49090</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>85</v>
       </c>
       <c r="D37" t="s">
         <v>91</v>
       </c>
       <c r="E37" t="s">
         <v>92</v>
       </c>
       <c r="F37" t="s">
         <v>93</v>
       </c>
       <c r="G37" t="s">
         <v>26</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>48932</v>
+        <v>48914</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>94</v>
       </c>
       <c r="E38" t="s">
         <v>95</v>
       </c>
       <c r="F38" t="s">
         <v>93</v>
       </c>
       <c r="G38" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>48914</v>
+        <v>48932</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39" t="s">
         <v>94</v>
       </c>
       <c r="E39" t="s">
         <v>95</v>
       </c>
       <c r="F39" t="s">
         <v>93</v>
       </c>
       <c r="G39" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>53346</v>
+        <v>53345</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>85</v>
       </c>
       <c r="D40" t="s">
         <v>96</v>
       </c>
       <c r="E40" t="s">
         <v>97</v>
       </c>
       <c r="F40" t="s">
         <v>98</v>
       </c>
       <c r="G40" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>53345</v>
+        <v>53346</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>85</v>
       </c>
       <c r="D41" t="s">
         <v>96</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>98</v>
       </c>
       <c r="G41" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>48926</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
       <c r="D42" t="s">
         <v>100</v>
       </c>
       <c r="E42" t="s">
         <v>101</v>
       </c>
       <c r="F42" t="s">
         <v>102</v>
       </c>
       <c r="G42" t="s">
         <v>35</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>48931</v>
+        <v>49051</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43" t="s">
         <v>103</v>
       </c>
       <c r="E43" t="s">
         <v>104</v>
       </c>
       <c r="F43" t="s">
         <v>105</v>
       </c>
       <c r="G43" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>49043</v>
+        <v>49061</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>99</v>
       </c>
       <c r="D44" t="s">
         <v>103</v>
       </c>
       <c r="E44" t="s">
         <v>104</v>
       </c>
       <c r="F44" t="s">
         <v>105</v>
       </c>
       <c r="G44" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>49061</v>
+        <v>48931</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>99</v>
       </c>
       <c r="D45" t="s">
         <v>103</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>105</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>49051</v>
+        <v>48988</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>103</v>
       </c>
       <c r="E46" t="s">
         <v>104</v>
       </c>
       <c r="F46" t="s">
         <v>105</v>
       </c>
       <c r="G46" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>48988</v>
+        <v>49043</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>99</v>
       </c>
       <c r="D47" t="s">
         <v>103</v>
       </c>
       <c r="E47" t="s">
         <v>104</v>
       </c>
       <c r="F47" t="s">
         <v>105</v>
       </c>
       <c r="G47" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>48957</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>99</v>
       </c>
       <c r="D48" t="s">
         <v>103</v>
       </c>
       <c r="E48" t="s">
         <v>106</v>
       </c>
       <c r="F48" t="s">
         <v>107</v>
       </c>
       <c r="G48" t="s">
         <v>35</v>
       </c>
       <c r="H48"/>
       <c r="I48">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48934</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>99</v>
       </c>
       <c r="D49" t="s">
         <v>108</v>
       </c>
       <c r="E49" t="s">
         <v>109</v>
       </c>
       <c r="F49" t="s">
         <v>110</v>
       </c>
       <c r="G49" t="s">
         <v>35</v>
       </c>
       <c r="H49" t="s">
         <v>111</v>
       </c>
       <c r="I49">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>48917</v>
+        <v>49063</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>99</v>
       </c>
       <c r="D50" t="s">
         <v>112</v>
       </c>
       <c r="E50" t="s">
         <v>113</v>
       </c>
       <c r="F50" t="s">
         <v>102</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50"/>
       <c r="I50">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>49065</v>
+        <v>48971</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>99</v>
       </c>
       <c r="D51" t="s">
         <v>112</v>
       </c>
       <c r="E51" t="s">
         <v>113</v>
       </c>
       <c r="F51" t="s">
         <v>102</v>
       </c>
       <c r="G51" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H51"/>
       <c r="I51">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>48971</v>
+        <v>49065</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>99</v>
       </c>
       <c r="D52" t="s">
         <v>112</v>
       </c>
       <c r="E52" t="s">
         <v>113</v>
       </c>
       <c r="F52" t="s">
         <v>102</v>
       </c>
       <c r="G52" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H52"/>
       <c r="I52">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>49063</v>
+        <v>48917</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>99</v>
       </c>
       <c r="D53" t="s">
         <v>112</v>
       </c>
       <c r="E53" t="s">
         <v>113</v>
       </c>
       <c r="F53" t="s">
         <v>102</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53"/>
       <c r="I53">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>49045</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>99</v>
       </c>
       <c r="D54" t="s">
         <v>112</v>
       </c>
       <c r="E54" t="s">
         <v>114</v>
       </c>
       <c r="F54" t="s">
         <v>102</v>
       </c>
       <c r="G54" t="s">
         <v>26</v>
       </c>
       <c r="H54"/>
       <c r="I54">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>48959</v>
+        <v>48968</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>99</v>
       </c>
       <c r="D55" t="s">
         <v>115</v>
       </c>
       <c r="E55" t="s">
         <v>116</v>
       </c>
       <c r="F55" t="s">
         <v>117</v>
       </c>
       <c r="G55" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H55"/>
       <c r="I55">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>48973</v>
+        <v>48959</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>99</v>
       </c>
       <c r="D56" t="s">
         <v>115</v>
       </c>
       <c r="E56" t="s">
         <v>116</v>
       </c>
       <c r="F56" t="s">
         <v>117</v>
       </c>
       <c r="G56" t="s">
         <v>35</v>
       </c>
       <c r="H56"/>
       <c r="I56">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>48913</v>
+        <v>48948</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>99</v>
       </c>
       <c r="D57" t="s">
         <v>115</v>
       </c>
       <c r="E57" t="s">
         <v>116</v>
       </c>
       <c r="F57" t="s">
         <v>117</v>
       </c>
       <c r="G57" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H57"/>
       <c r="I57">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>48939</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>99</v>
       </c>
       <c r="D58" t="s">
         <v>115</v>
       </c>
       <c r="E58" t="s">
         <v>116</v>
       </c>
       <c r="F58" t="s">
         <v>117</v>
       </c>
       <c r="G58" t="s">
         <v>18</v>
       </c>
       <c r="H58"/>
       <c r="I58">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>48948</v>
+        <v>48964</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>99</v>
       </c>
       <c r="D59" t="s">
         <v>115</v>
       </c>
       <c r="E59" t="s">
         <v>116</v>
       </c>
       <c r="F59" t="s">
         <v>117</v>
       </c>
       <c r="G59" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H59"/>
       <c r="I59">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>48968</v>
+        <v>48913</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>99</v>
       </c>
       <c r="D60" t="s">
         <v>115</v>
       </c>
       <c r="E60" t="s">
         <v>116</v>
       </c>
       <c r="F60" t="s">
         <v>117</v>
       </c>
       <c r="G60" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H60"/>
       <c r="I60">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>48987</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>99</v>
       </c>
       <c r="D61" t="s">
         <v>115</v>
       </c>
       <c r="E61" t="s">
         <v>116</v>
       </c>
       <c r="F61" t="s">
         <v>117</v>
       </c>
       <c r="G61" t="s">
         <v>35</v>
       </c>
       <c r="H61"/>
       <c r="I61">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>48991</v>
+        <v>48992</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>99</v>
       </c>
       <c r="D62" t="s">
         <v>115</v>
       </c>
       <c r="E62" t="s">
         <v>116</v>
       </c>
       <c r="F62" t="s">
         <v>117</v>
       </c>
       <c r="G62" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H62"/>
       <c r="I62">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>48979</v>
+        <v>48991</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>99</v>
       </c>
       <c r="D63" t="s">
         <v>115</v>
       </c>
       <c r="E63" t="s">
         <v>116</v>
       </c>
       <c r="F63" t="s">
         <v>117</v>
       </c>
       <c r="G63" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H63"/>
       <c r="I63">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>48992</v>
+        <v>48979</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>99</v>
       </c>
       <c r="D64" t="s">
         <v>115</v>
       </c>
       <c r="E64" t="s">
         <v>116</v>
       </c>
       <c r="F64" t="s">
         <v>117</v>
       </c>
       <c r="G64" t="s">
         <v>18</v>
       </c>
       <c r="H64"/>
       <c r="I64">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>48964</v>
+        <v>48925</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>99</v>
       </c>
       <c r="D65" t="s">
         <v>115</v>
       </c>
       <c r="E65" t="s">
         <v>116</v>
       </c>
       <c r="F65" t="s">
         <v>117</v>
       </c>
       <c r="G65" t="s">
         <v>35</v>
       </c>
       <c r="H65"/>
       <c r="I65">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>48942</v>
+        <v>48973</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>99</v>
       </c>
       <c r="D66" t="s">
         <v>115</v>
       </c>
       <c r="E66" t="s">
         <v>116</v>
       </c>
       <c r="F66" t="s">
         <v>117</v>
       </c>
       <c r="G66" t="s">
         <v>35</v>
       </c>
       <c r="H66"/>
       <c r="I66">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>48925</v>
+        <v>48942</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>99</v>
       </c>
       <c r="D67" t="s">
         <v>115</v>
       </c>
       <c r="E67" t="s">
         <v>116</v>
       </c>
       <c r="F67" t="s">
         <v>117</v>
       </c>
       <c r="G67" t="s">
         <v>35</v>
       </c>
       <c r="H67"/>
       <c r="I67">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>49075</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>118</v>
       </c>
       <c r="D68" t="s">
         <v>119</v>
       </c>
       <c r="E68" t="s">
         <v>120</v>
       </c>
       <c r="F68" t="s">
         <v>121</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>36</v>
       </c>
       <c r="I68">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>49067</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>118</v>
       </c>
       <c r="D69" t="s">
         <v>122</v>
       </c>
       <c r="E69" t="s">
         <v>123</v>
       </c>
       <c r="F69" t="s">
         <v>124</v>
       </c>
       <c r="G69" t="s">
         <v>26</v>
       </c>
       <c r="H69"/>
       <c r="I69">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>49176</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>118</v>
       </c>
       <c r="D70" t="s">
         <v>125</v>
       </c>
       <c r="E70" t="s">
         <v>126</v>
       </c>
       <c r="F70" t="s">
         <v>127</v>
       </c>
       <c r="G70" t="s">
         <v>26</v>
       </c>
       <c r="H70"/>
       <c r="I70">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>49226</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>118</v>
       </c>
       <c r="D71" t="s">
         <v>128</v>
       </c>
       <c r="E71" t="s">
         <v>129</v>
       </c>
       <c r="F71" t="s">
         <v>130</v>
       </c>
       <c r="G71" t="s">
         <v>26</v>
       </c>
       <c r="H71"/>
       <c r="I71">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>52236</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>118</v>
       </c>
       <c r="D72" t="s">
         <v>131</v>
       </c>
       <c r="E72" t="s">
         <v>132</v>
       </c>
       <c r="F72" t="s">
         <v>133</v>
       </c>
       <c r="G72" t="s">
         <v>26</v>
       </c>
       <c r="H72"/>
       <c r="I72">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>52643</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>118</v>
       </c>
       <c r="D73" t="s">
         <v>131</v>
       </c>
       <c r="E73" t="s">
         <v>132</v>
       </c>
       <c r="F73" t="s">
         <v>133</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73"/>
       <c r="I73">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>60491</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>118</v>
       </c>
       <c r="D74" t="s">
         <v>131</v>
       </c>
       <c r="E74" t="s">
         <v>134</v>
       </c>
       <c r="F74" t="s">
         <v>135</v>
       </c>
       <c r="G74" t="s">
         <v>26</v>
       </c>
       <c r="H74"/>
       <c r="I74">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>48918</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>118</v>
       </c>
       <c r="D75" t="s">
         <v>136</v>
       </c>
       <c r="E75" t="s">
         <v>137</v>
       </c>
       <c r="F75" t="s">
         <v>138</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75"/>
       <c r="I75">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>49078</v>
+        <v>48945</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>118</v>
       </c>
       <c r="D76" t="s">
         <v>136</v>
       </c>
       <c r="E76" t="s">
         <v>137</v>
       </c>
       <c r="F76" t="s">
         <v>138</v>
       </c>
       <c r="G76" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H76"/>
       <c r="I76">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>48945</v>
+        <v>49078</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>118</v>
       </c>
       <c r="D77" t="s">
         <v>136</v>
       </c>
       <c r="E77" t="s">
         <v>137</v>
       </c>
       <c r="F77" t="s">
         <v>138</v>
       </c>
       <c r="G77" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H77"/>
       <c r="I77">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>49072</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>118</v>
       </c>
       <c r="D78" t="s">
         <v>139</v>
       </c>
       <c r="E78" t="s">
         <v>140</v>
       </c>
       <c r="F78" t="s">
         <v>141</v>
       </c>
       <c r="G78" t="s">
         <v>26</v>
       </c>
       <c r="H78"/>
       <c r="I78">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>48943</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>118</v>
       </c>
       <c r="D79" t="s">
         <v>142</v>
       </c>
       <c r="E79" t="s">
         <v>143</v>
       </c>
       <c r="F79" t="s">
         <v>144</v>
       </c>
       <c r="G79" t="s">
         <v>26</v>
       </c>
       <c r="H79"/>
       <c r="I79">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>49080</v>
+        <v>49062</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>118</v>
       </c>
       <c r="D80" t="s">
         <v>142</v>
       </c>
       <c r="E80" t="s">
         <v>143</v>
       </c>
       <c r="F80" t="s">
         <v>144</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80"/>
       <c r="I80">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>49062</v>
+        <v>49080</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>118</v>
       </c>
       <c r="D81" t="s">
         <v>142</v>
       </c>
       <c r="E81" t="s">
         <v>143</v>
       </c>
       <c r="F81" t="s">
         <v>144</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81"/>
       <c r="I81">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>49222</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>118</v>
       </c>
       <c r="D82" t="s">
         <v>145</v>
       </c>
       <c r="E82" t="s">
         <v>146</v>
       </c>
       <c r="F82" t="s">
         <v>147</v>
       </c>
       <c r="G82" t="s">
         <v>26</v>
       </c>
       <c r="H82"/>
       <c r="I82">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>49229</v>
+        <v>49231</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
       <c r="D83" t="s">
         <v>145</v>
       </c>
       <c r="E83" t="s">
         <v>146</v>
       </c>
       <c r="F83" t="s">
         <v>147</v>
       </c>
       <c r="G83" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H83"/>
       <c r="I83">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>49230</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
         <v>145</v>
       </c>
       <c r="E84" t="s">
         <v>146</v>
       </c>
       <c r="F84" t="s">
         <v>147</v>
       </c>
       <c r="G84" t="s">
         <v>18</v>
       </c>
       <c r="H84"/>
       <c r="I84">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>49231</v>
+        <v>49229</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>118</v>
       </c>
       <c r="D85" t="s">
         <v>145</v>
       </c>
       <c r="E85" t="s">
         <v>146</v>
       </c>
       <c r="F85" t="s">
         <v>147</v>
       </c>
       <c r="G85" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H85"/>
       <c r="I85">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>57774</v>
+        <v>57762</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>118</v>
       </c>
       <c r="D86" t="s">
         <v>145</v>
       </c>
       <c r="E86" t="s">
         <v>148</v>
       </c>
       <c r="F86" t="s">
         <v>149</v>
       </c>
       <c r="G86" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H86"/>
       <c r="I86">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>57762</v>
+        <v>57774</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>118</v>
       </c>
       <c r="D87" t="s">
         <v>145</v>
       </c>
       <c r="E87" t="s">
         <v>148</v>
       </c>
       <c r="F87" t="s">
         <v>149</v>
       </c>
       <c r="G87" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H87"/>
+        <v>35</v>
+      </c>
+      <c r="H87" t="s">
+        <v>150</v>
+      </c>
       <c r="I87">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>57776</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>118</v>
       </c>
       <c r="D88" t="s">
         <v>145</v>
       </c>
       <c r="E88" t="s">
         <v>148</v>
       </c>
       <c r="F88" t="s">
         <v>149</v>
       </c>
       <c r="G88" t="s">
         <v>26</v>
       </c>
       <c r="H88"/>
       <c r="I88">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>52304</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>145</v>
       </c>
       <c r="E89" t="s">
         <v>151</v>
       </c>
       <c r="F89" t="s">
         <v>135</v>
       </c>
       <c r="G89" t="s">
         <v>152</v>
       </c>
       <c r="H89" t="s">
         <v>153</v>
       </c>
       <c r="I89">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>49173</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>118</v>
       </c>
       <c r="D90" t="s">
         <v>145</v>
       </c>
       <c r="E90" t="s">
         <v>154</v>
       </c>
       <c r="F90" t="s">
         <v>135</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90"/>
       <c r="I90">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>49172</v>
+        <v>49162</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>118</v>
       </c>
       <c r="D91" t="s">
         <v>145</v>
       </c>
       <c r="E91" t="s">
         <v>154</v>
       </c>
       <c r="F91" t="s">
         <v>135</v>
       </c>
       <c r="G91" t="s">
         <v>26</v>
       </c>
       <c r="H91"/>
       <c r="I91">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>49166</v>
+        <v>49068</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>118</v>
       </c>
       <c r="D92" t="s">
         <v>145</v>
       </c>
       <c r="E92" t="s">
         <v>154</v>
       </c>
       <c r="F92" t="s">
         <v>135</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92"/>
       <c r="I92">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>49163</v>
+        <v>49172</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>118</v>
       </c>
       <c r="D93" t="s">
         <v>145</v>
       </c>
       <c r="E93" t="s">
         <v>154</v>
       </c>
       <c r="F93" t="s">
         <v>135</v>
       </c>
       <c r="G93" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H93"/>
       <c r="I93">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>49162</v>
+        <v>49166</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>118</v>
       </c>
       <c r="D94" t="s">
         <v>145</v>
       </c>
       <c r="E94" t="s">
         <v>154</v>
       </c>
       <c r="F94" t="s">
         <v>135</v>
       </c>
       <c r="G94" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H94"/>
       <c r="I94">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>49068</v>
+        <v>49163</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>118</v>
       </c>
       <c r="D95" t="s">
         <v>145</v>
       </c>
       <c r="E95" t="s">
         <v>154</v>
       </c>
       <c r="F95" t="s">
         <v>135</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95"/>
       <c r="I95">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>60999</v>
+        <v>60984</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>118</v>
       </c>
       <c r="D96" t="s">
         <v>145</v>
       </c>
       <c r="E96" t="s">
         <v>155</v>
       </c>
       <c r="F96" t="s">
         <v>156</v>
       </c>
       <c r="G96" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H96" t="s">
         <v>157</v>
       </c>
       <c r="I96">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>60984</v>
+        <v>60999</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>118</v>
       </c>
       <c r="D97" t="s">
         <v>145</v>
       </c>
       <c r="E97" t="s">
         <v>155</v>
       </c>
       <c r="F97" t="s">
         <v>156</v>
       </c>
       <c r="G97" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>158</v>
       </c>
       <c r="I97">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>56251</v>
+        <v>56307</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>118</v>
       </c>
       <c r="D98" t="s">
         <v>145</v>
       </c>
       <c r="E98" t="s">
         <v>159</v>
       </c>
       <c r="F98" t="s">
         <v>160</v>
       </c>
       <c r="G98" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H98"/>
       <c r="I98">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>56253</v>
+        <v>56251</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>118</v>
       </c>
       <c r="D99" t="s">
         <v>145</v>
       </c>
       <c r="E99" t="s">
         <v>159</v>
       </c>
       <c r="F99" t="s">
         <v>160</v>
       </c>
       <c r="G99" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H99"/>
       <c r="I99">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>56307</v>
+        <v>48924</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>118</v>
       </c>
       <c r="D100" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="E100" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F100" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="G100" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>49177</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>118</v>
       </c>
       <c r="D101" t="s">
         <v>161</v>
       </c>
       <c r="E101" t="s">
         <v>162</v>
       </c>
       <c r="F101" t="s">
         <v>135</v>
       </c>
       <c r="G101" t="s">
         <v>18</v>
       </c>
       <c r="H101"/>
       <c r="I101">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>51717</v>
+        <v>48950</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>118</v>
       </c>
       <c r="D102" t="s">
         <v>161</v>
       </c>
       <c r="E102" t="s">
         <v>162</v>
       </c>
       <c r="F102" t="s">
         <v>135</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102"/>
       <c r="I102">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>51747</v>
+        <v>48947</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>118</v>
       </c>
       <c r="D103" t="s">
         <v>161</v>
       </c>
       <c r="E103" t="s">
         <v>162</v>
       </c>
       <c r="F103" t="s">
         <v>135</v>
       </c>
       <c r="G103" t="s">
         <v>26</v>
       </c>
       <c r="H103"/>
       <c r="I103">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>48970</v>
+        <v>51747</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>118</v>
       </c>
       <c r="D104" t="s">
         <v>161</v>
       </c>
       <c r="E104" t="s">
         <v>162</v>
       </c>
       <c r="F104" t="s">
         <v>135</v>
       </c>
       <c r="G104" t="s">
         <v>26</v>
       </c>
       <c r="H104"/>
       <c r="I104">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>48972</v>
+        <v>48970</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>118</v>
       </c>
       <c r="D105" t="s">
         <v>161</v>
       </c>
       <c r="E105" t="s">
         <v>162</v>
       </c>
       <c r="F105" t="s">
         <v>135</v>
       </c>
       <c r="G105" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H105"/>
       <c r="I105">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>49089</v>
+        <v>48972</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>118</v>
       </c>
       <c r="D106" t="s">
         <v>161</v>
       </c>
       <c r="E106" t="s">
         <v>162</v>
       </c>
       <c r="F106" t="s">
         <v>135</v>
       </c>
       <c r="G106" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H106"/>
       <c r="I106">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>48924</v>
+        <v>49089</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>118</v>
       </c>
       <c r="D107" t="s">
         <v>161</v>
       </c>
       <c r="E107" t="s">
         <v>162</v>
       </c>
       <c r="F107" t="s">
         <v>135</v>
       </c>
       <c r="G107" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H107"/>
       <c r="I107">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>48947</v>
+        <v>51717</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>118</v>
       </c>
       <c r="D108" t="s">
         <v>161</v>
       </c>
       <c r="E108" t="s">
         <v>162</v>
       </c>
       <c r="F108" t="s">
         <v>135</v>
       </c>
       <c r="G108" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H108"/>
       <c r="I108">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>48950</v>
+        <v>49175</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>118</v>
       </c>
       <c r="D109" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E109" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F109" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="G109" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H109"/>
       <c r="I109">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>49175</v>
+        <v>49170</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>118</v>
       </c>
       <c r="D110" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E110" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F110" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
       <c r="G110" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H110"/>
       <c r="I110">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>49170</v>
+        <v>49086</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>118</v>
       </c>
       <c r="D111" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E111" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F111" t="s">
-        <v>138</v>
+        <v>169</v>
       </c>
       <c r="G111" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H111"/>
       <c r="I111">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>49086</v>
+        <v>49053</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>118</v>
       </c>
       <c r="D112" t="s">
         <v>167</v>
       </c>
       <c r="E112" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F112" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112"/>
       <c r="I112">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>49053</v>
+        <v>48922</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>118</v>
       </c>
       <c r="D113" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E113" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F113" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="G113" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H113"/>
       <c r="I113">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>48922</v>
+        <v>48976</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>118</v>
       </c>
       <c r="D114" t="s">
         <v>171</v>
       </c>
       <c r="E114" t="s">
         <v>172</v>
       </c>
       <c r="F114" t="s">
         <v>141</v>
       </c>
       <c r="G114" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H114"/>
+        <v>14</v>
+      </c>
+      <c r="H114" t="s">
+        <v>36</v>
+      </c>
       <c r="I114">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>48976</v>
+        <v>59986</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>118</v>
       </c>
       <c r="D115" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E115" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F115" t="s">
-        <v>141</v>
+        <v>175</v>
       </c>
       <c r="G115" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H115" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="I115">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>60084</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>118</v>
       </c>
       <c r="D116" t="s">
         <v>173</v>
       </c>
       <c r="E116" t="s">
         <v>174</v>
       </c>
       <c r="F116" t="s">
         <v>175</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I116">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>59986</v>
+        <v>48890</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>118</v>
+        <v>178</v>
       </c>
       <c r="D117" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="E117" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F117" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="G117" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H117"/>
       <c r="I117">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>48904</v>
+        <v>48895</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>178</v>
       </c>
       <c r="D118" t="s">
         <v>179</v>
       </c>
       <c r="E118" t="s">
         <v>180</v>
       </c>
       <c r="F118" t="s">
         <v>181</v>
       </c>
       <c r="G118" t="s">
         <v>18</v>
       </c>
       <c r="H118"/>
       <c r="I118">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>48896</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>178</v>
       </c>
       <c r="D119" t="s">
         <v>179</v>
       </c>
       <c r="E119" t="s">
         <v>180</v>
       </c>
       <c r="F119" t="s">
         <v>181</v>
       </c>
       <c r="G119" t="s">
         <v>35</v>
       </c>
       <c r="H119"/>
       <c r="I119">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
         <v>48901</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>178</v>
       </c>
       <c r="D120" t="s">
         <v>179</v>
       </c>
       <c r="E120" t="s">
         <v>180</v>
       </c>
       <c r="F120" t="s">
         <v>181</v>
       </c>
       <c r="G120" t="s">
         <v>35</v>
       </c>
       <c r="H120"/>
       <c r="I120">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>48890</v>
+        <v>48904</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>178</v>
       </c>
       <c r="D121" t="s">
         <v>179</v>
       </c>
       <c r="E121" t="s">
         <v>180</v>
       </c>
       <c r="F121" t="s">
         <v>181</v>
       </c>
       <c r="G121" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H121"/>
       <c r="I121">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>48895</v>
+        <v>48891</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>178</v>
       </c>
       <c r="D122" t="s">
         <v>179</v>
       </c>
       <c r="E122" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F122" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="G122" t="s">
         <v>18</v>
       </c>
       <c r="H122"/>
       <c r="I122">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
-        <v>48892</v>
+        <v>48905</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>178</v>
       </c>
       <c r="D123" t="s">
         <v>179</v>
       </c>
       <c r="E123" t="s">
         <v>182</v>
       </c>
       <c r="F123" t="s">
         <v>183</v>
       </c>
       <c r="G123" t="s">
         <v>35</v>
       </c>
       <c r="H123"/>
       <c r="I123">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>49056</v>
+        <v>48893</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>178</v>
       </c>
       <c r="D124" t="s">
         <v>179</v>
       </c>
       <c r="E124" t="s">
         <v>182</v>
       </c>
       <c r="F124" t="s">
         <v>183</v>
       </c>
       <c r="G124" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H124"/>
       <c r="I124">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>48894</v>
+        <v>48903</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>178</v>
       </c>
       <c r="D125" t="s">
         <v>179</v>
       </c>
       <c r="E125" t="s">
         <v>182</v>
       </c>
       <c r="F125" t="s">
         <v>183</v>
       </c>
       <c r="G125" t="s">
         <v>35</v>
       </c>
       <c r="H125"/>
       <c r="I125">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>48893</v>
+        <v>48902</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>178</v>
       </c>
       <c r="D126" t="s">
         <v>179</v>
       </c>
       <c r="E126" t="s">
         <v>182</v>
       </c>
       <c r="F126" t="s">
         <v>183</v>
       </c>
       <c r="G126" t="s">
         <v>18</v>
       </c>
       <c r="H126"/>
       <c r="I126">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>48903</v>
+        <v>48892</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>178</v>
       </c>
       <c r="D127" t="s">
         <v>179</v>
       </c>
       <c r="E127" t="s">
         <v>182</v>
       </c>
       <c r="F127" t="s">
         <v>183</v>
       </c>
       <c r="G127" t="s">
         <v>35</v>
       </c>
       <c r="H127"/>
       <c r="I127">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>48891</v>
+        <v>48930</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>178</v>
       </c>
       <c r="D128" t="s">
         <v>179</v>
       </c>
       <c r="E128" t="s">
         <v>182</v>
       </c>
       <c r="F128" t="s">
         <v>183</v>
       </c>
       <c r="G128" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H128"/>
       <c r="I128">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>48902</v>
+        <v>48894</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>178</v>
       </c>
       <c r="D129" t="s">
         <v>179</v>
       </c>
       <c r="E129" t="s">
         <v>182</v>
       </c>
       <c r="F129" t="s">
         <v>183</v>
       </c>
       <c r="G129" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H129"/>
       <c r="I129">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>48905</v>
+        <v>49056</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>178</v>
       </c>
       <c r="D130" t="s">
         <v>179</v>
       </c>
       <c r="E130" t="s">
         <v>182</v>
       </c>
       <c r="F130" t="s">
         <v>183</v>
       </c>
       <c r="G130" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H130"/>
       <c r="I130">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>48930</v>
+        <v>48897</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>178</v>
       </c>
       <c r="D131" t="s">
         <v>179</v>
       </c>
       <c r="E131" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F131" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G131" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H131"/>
       <c r="I131">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>48897</v>
+        <v>48898</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>178</v>
       </c>
       <c r="D132" t="s">
         <v>179</v>
       </c>
       <c r="E132" t="s">
         <v>184</v>
       </c>
       <c r="F132" t="s">
         <v>185</v>
       </c>
       <c r="G132" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H132"/>
       <c r="I132">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
         <v>48899</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>178</v>
       </c>
       <c r="D133" t="s">
         <v>179</v>
       </c>
       <c r="E133" t="s">
         <v>184</v>
       </c>
       <c r="F133" t="s">
         <v>185</v>
       </c>
       <c r="G133" t="s">
         <v>35</v>
       </c>
       <c r="H133"/>
       <c r="I133">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
-        <v>48898</v>
+        <v>49233</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>178</v>
       </c>
       <c r="D134" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="E134" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F134" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G134" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H134"/>
       <c r="I134">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
-        <v>48900</v>
+        <v>49232</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>178</v>
       </c>
       <c r="D135" t="s">
         <v>186</v>
       </c>
       <c r="E135" t="s">
         <v>182</v>
       </c>
       <c r="F135" t="s">
         <v>183</v>
       </c>
       <c r="G135" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H135"/>
       <c r="I135">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
-        <v>49232</v>
+        <v>48900</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>178</v>
       </c>
       <c r="D136" t="s">
         <v>186</v>
       </c>
       <c r="E136" t="s">
         <v>182</v>
       </c>
       <c r="F136" t="s">
         <v>183</v>
       </c>
       <c r="G136" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H136"/>
       <c r="I136">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>49233</v>
+        <v>54676</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>178</v>
       </c>
       <c r="D137" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E137" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F137" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="G137" t="s">
         <v>26</v>
       </c>
       <c r="H137"/>
       <c r="I137">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>54676</v>
+        <v>54677</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>178</v>
       </c>
       <c r="D138" t="s">
         <v>187</v>
       </c>
       <c r="E138" t="s">
         <v>188</v>
       </c>
       <c r="F138" t="s">
         <v>189</v>
       </c>
       <c r="G138" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H138"/>
       <c r="I138">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
-        <v>54677</v>
+        <v>48984</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="D139" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="E139" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="F139" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="G139" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H139"/>
+        <v>26</v>
+      </c>
+      <c r="H139" t="s">
+        <v>36</v>
+      </c>
       <c r="I139">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
         <v>48989</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>190</v>
       </c>
       <c r="D140" t="s">
         <v>191</v>
       </c>
       <c r="E140" t="s">
         <v>192</v>
       </c>
       <c r="F140" t="s">
         <v>193</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
         <v>36</v>
       </c>
       <c r="I140">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>48984</v>
+        <v>48911</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D141" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E141" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F141" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="G141" t="s">
         <v>26</v>
       </c>
-      <c r="H141" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H141"/>
       <c r="I141">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
-        <v>48911</v>
+        <v>48920</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>194</v>
       </c>
       <c r="D142" t="s">
         <v>195</v>
       </c>
       <c r="E142" t="s">
         <v>196</v>
       </c>
       <c r="F142" t="s">
         <v>197</v>
       </c>
       <c r="G142" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H142"/>
       <c r="I142">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>48920</v>
+        <v>48916</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>194</v>
       </c>
       <c r="D143" t="s">
         <v>195</v>
       </c>
       <c r="E143" t="s">
         <v>196</v>
       </c>
       <c r="F143" t="s">
         <v>197</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143"/>
       <c r="I143">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
-        <v>48916</v>
+        <v>49088</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D144" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E144" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F144" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="G144" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H144"/>
       <c r="I144">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>49088</v>
+        <v>48999</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D145" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E145" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="F145" t="s">
-        <v>201</v>
+        <v>135</v>
       </c>
       <c r="G145" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H145"/>
       <c r="I145">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>49013</v>
+        <v>49014</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>202</v>
       </c>
       <c r="D146" t="s">
         <v>203</v>
       </c>
       <c r="E146" t="s">
         <v>204</v>
       </c>
       <c r="F146" t="s">
         <v>135</v>
       </c>
       <c r="G146" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H146"/>
       <c r="I146">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
         <v>49011</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>202</v>
       </c>
       <c r="D147" t="s">
         <v>203</v>
       </c>
       <c r="E147" t="s">
         <v>204</v>
       </c>
       <c r="F147" t="s">
         <v>135</v>
       </c>
       <c r="G147" t="s">
         <v>26</v>
       </c>
       <c r="H147"/>
       <c r="I147">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
         <v>49009</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>202</v>
       </c>
       <c r="D148" t="s">
         <v>203</v>
       </c>
       <c r="E148" t="s">
         <v>204</v>
       </c>
       <c r="F148" t="s">
         <v>135</v>
       </c>
       <c r="G148" t="s">
         <v>26</v>
       </c>
       <c r="H148"/>
       <c r="I148">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>49032</v>
+        <v>49013</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>202</v>
       </c>
       <c r="D149" t="s">
         <v>203</v>
       </c>
       <c r="E149" t="s">
         <v>204</v>
       </c>
       <c r="F149" t="s">
         <v>135</v>
       </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="H149"/>
       <c r="I149">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>49031</v>
+        <v>49015</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>202</v>
       </c>
       <c r="D150" t="s">
         <v>203</v>
       </c>
       <c r="E150" t="s">
         <v>204</v>
       </c>
       <c r="F150" t="s">
         <v>135</v>
       </c>
       <c r="G150" t="s">
         <v>26</v>
       </c>
       <c r="H150"/>
       <c r="I150">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>49024</v>
+        <v>61700</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>202</v>
       </c>
       <c r="D151" t="s">
         <v>203</v>
       </c>
       <c r="E151" t="s">
         <v>204</v>
       </c>
       <c r="F151" t="s">
         <v>135</v>
       </c>
       <c r="G151" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H151"/>
       <c r="I151">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
         <v>49020</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>202</v>
       </c>
       <c r="D152" t="s">
         <v>203</v>
       </c>
       <c r="E152" t="s">
         <v>204</v>
       </c>
       <c r="F152" t="s">
         <v>135</v>
       </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="H152"/>
       <c r="I152">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>61700</v>
+        <v>49024</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>202</v>
       </c>
       <c r="D153" t="s">
         <v>203</v>
       </c>
       <c r="E153" t="s">
         <v>204</v>
       </c>
       <c r="F153" t="s">
         <v>135</v>
       </c>
       <c r="G153" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H153"/>
       <c r="I153">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>49015</v>
+        <v>58906</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>202</v>
       </c>
       <c r="D154" t="s">
         <v>203</v>
       </c>
       <c r="E154" t="s">
         <v>204</v>
       </c>
       <c r="F154" t="s">
         <v>135</v>
       </c>
       <c r="G154" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H154"/>
       <c r="I154">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>49014</v>
+        <v>49023</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>202</v>
       </c>
       <c r="D155" t="s">
         <v>203</v>
       </c>
       <c r="E155" t="s">
         <v>204</v>
       </c>
       <c r="F155" t="s">
         <v>135</v>
       </c>
       <c r="G155" t="s">
         <v>26</v>
       </c>
       <c r="H155"/>
       <c r="I155">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>48999</v>
+        <v>58883</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>202</v>
       </c>
       <c r="D156" t="s">
         <v>203</v>
       </c>
       <c r="E156" t="s">
         <v>204</v>
       </c>
       <c r="F156" t="s">
         <v>135</v>
       </c>
       <c r="G156" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H156"/>
       <c r="I156">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>49034</v>
+        <v>49025</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>202</v>
       </c>
       <c r="D157" t="s">
         <v>203</v>
       </c>
       <c r="E157" t="s">
         <v>204</v>
       </c>
       <c r="F157" t="s">
         <v>135</v>
       </c>
       <c r="G157" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H157"/>
       <c r="I157">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>49023</v>
+        <v>50041</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>202</v>
       </c>
       <c r="D158" t="s">
         <v>203</v>
       </c>
       <c r="E158" t="s">
         <v>204</v>
       </c>
       <c r="F158" t="s">
         <v>135</v>
       </c>
       <c r="G158" t="s">
         <v>26</v>
       </c>
       <c r="H158"/>
       <c r="I158">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>49035</v>
+        <v>49031</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>202</v>
       </c>
       <c r="D159" t="s">
         <v>203</v>
       </c>
       <c r="E159" t="s">
         <v>204</v>
       </c>
       <c r="F159" t="s">
         <v>135</v>
       </c>
       <c r="G159" t="s">
         <v>26</v>
       </c>
       <c r="H159"/>
       <c r="I159">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>49025</v>
+        <v>55881</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>202</v>
       </c>
       <c r="D160" t="s">
         <v>203</v>
       </c>
       <c r="E160" t="s">
         <v>204</v>
       </c>
       <c r="F160" t="s">
         <v>135</v>
       </c>
       <c r="G160" t="s">
         <v>26</v>
       </c>
       <c r="H160"/>
       <c r="I160">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>49040</v>
+        <v>49032</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>202</v>
       </c>
       <c r="D161" t="s">
         <v>203</v>
       </c>
       <c r="E161" t="s">
         <v>204</v>
       </c>
       <c r="F161" t="s">
         <v>135</v>
       </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="H161"/>
       <c r="I161">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>50041</v>
+        <v>49033</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>202</v>
       </c>
       <c r="D162" t="s">
         <v>203</v>
       </c>
       <c r="E162" t="s">
         <v>204</v>
       </c>
       <c r="F162" t="s">
         <v>135</v>
       </c>
       <c r="G162" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H162"/>
       <c r="I162">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>55881</v>
+        <v>49034</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>202</v>
       </c>
       <c r="D163" t="s">
         <v>203</v>
       </c>
       <c r="E163" t="s">
         <v>204</v>
       </c>
       <c r="F163" t="s">
         <v>135</v>
       </c>
       <c r="G163" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H163"/>
       <c r="I163">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>53592</v>
+        <v>49035</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>202</v>
       </c>
       <c r="D164" t="s">
         <v>203</v>
       </c>
       <c r="E164" t="s">
         <v>204</v>
       </c>
       <c r="F164" t="s">
         <v>135</v>
       </c>
       <c r="G164" t="s">
         <v>26</v>
       </c>
       <c r="H164"/>
       <c r="I164">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>53578</v>
+        <v>55882</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>202</v>
       </c>
       <c r="D165" t="s">
         <v>203</v>
       </c>
       <c r="E165" t="s">
         <v>204</v>
       </c>
       <c r="F165" t="s">
         <v>135</v>
       </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="H165"/>
       <c r="I165">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>58883</v>
+        <v>53592</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>202</v>
       </c>
       <c r="D166" t="s">
         <v>203</v>
       </c>
       <c r="E166" t="s">
         <v>204</v>
       </c>
       <c r="F166" t="s">
         <v>135</v>
       </c>
       <c r="G166" t="s">
         <v>26</v>
       </c>
       <c r="H166"/>
       <c r="I166">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>55882</v>
+        <v>49040</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>202</v>
       </c>
       <c r="D167" t="s">
         <v>203</v>
       </c>
       <c r="E167" t="s">
         <v>204</v>
       </c>
       <c r="F167" t="s">
         <v>135</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167"/>
       <c r="I167">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>58906</v>
+        <v>53578</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>202</v>
       </c>
       <c r="D168" t="s">
         <v>203</v>
       </c>
       <c r="E168" t="s">
         <v>204</v>
       </c>
       <c r="F168" t="s">
         <v>135</v>
       </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="H168"/>
       <c r="I168">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>49033</v>
+        <v>49012</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>202</v>
       </c>
       <c r="D169" t="s">
         <v>203</v>
       </c>
       <c r="E169" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F169" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169"/>
       <c r="I169">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>60904</v>
+        <v>49016</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>202</v>
       </c>
       <c r="D170" t="s">
         <v>203</v>
       </c>
       <c r="E170" t="s">
         <v>205</v>
       </c>
       <c r="F170" t="s">
         <v>147</v>
       </c>
       <c r="G170" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H170"/>
       <c r="I170">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>49012</v>
+        <v>59131</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>202</v>
       </c>
       <c r="D171" t="s">
         <v>203</v>
       </c>
       <c r="E171" t="s">
         <v>205</v>
       </c>
       <c r="F171" t="s">
         <v>147</v>
       </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="H171"/>
       <c r="I171">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
         <v>58521</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>202</v>
       </c>
       <c r="D172" t="s">
         <v>203</v>
       </c>
       <c r="E172" t="s">
         <v>205</v>
       </c>
       <c r="F172" t="s">
         <v>147</v>
       </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="H172"/>
       <c r="I172">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>49018</v>
+        <v>55594</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>202</v>
       </c>
       <c r="D173" t="s">
         <v>203</v>
       </c>
       <c r="E173" t="s">
         <v>205</v>
       </c>
       <c r="F173" t="s">
         <v>147</v>
       </c>
       <c r="G173" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H173"/>
+        <v>35</v>
+      </c>
+      <c r="H173" t="s">
+        <v>206</v>
+      </c>
       <c r="I173">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>45225</v>
+        <v>60904</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>202</v>
       </c>
       <c r="D174" t="s">
         <v>203</v>
       </c>
       <c r="E174" t="s">
         <v>205</v>
       </c>
       <c r="F174" t="s">
         <v>147</v>
       </c>
       <c r="G174" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H174"/>
+        <v>26</v>
+      </c>
+      <c r="H174" t="s">
+        <v>207</v>
+      </c>
       <c r="I174">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>60353</v>
+        <v>49041</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>202</v>
       </c>
       <c r="D175" t="s">
         <v>203</v>
       </c>
       <c r="E175" t="s">
         <v>205</v>
       </c>
       <c r="F175" t="s">
         <v>147</v>
       </c>
       <c r="G175" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H175"/>
       <c r="I175">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>49016</v>
+        <v>45233</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>202</v>
       </c>
       <c r="D176" t="s">
         <v>203</v>
       </c>
       <c r="E176" t="s">
         <v>205</v>
       </c>
       <c r="F176" t="s">
         <v>147</v>
       </c>
       <c r="G176" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H176"/>
       <c r="I176">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>55597</v>
+        <v>60353</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>202</v>
       </c>
       <c r="D177" t="s">
         <v>203</v>
       </c>
       <c r="E177" t="s">
         <v>205</v>
       </c>
       <c r="F177" t="s">
         <v>147</v>
       </c>
       <c r="G177" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H177"/>
       <c r="I177">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>49026</v>
+        <v>45225</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>202</v>
       </c>
       <c r="D178" t="s">
         <v>203</v>
       </c>
       <c r="E178" t="s">
         <v>205</v>
       </c>
       <c r="F178" t="s">
         <v>147</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178"/>
       <c r="I178">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>59131</v>
+        <v>49026</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>202</v>
       </c>
       <c r="D179" t="s">
         <v>203</v>
       </c>
       <c r="E179" t="s">
         <v>205</v>
       </c>
       <c r="F179" t="s">
         <v>147</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179"/>
       <c r="I179">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>49041</v>
+        <v>55597</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>202</v>
       </c>
       <c r="D180" t="s">
         <v>203</v>
       </c>
       <c r="E180" t="s">
         <v>205</v>
       </c>
       <c r="F180" t="s">
         <v>147</v>
       </c>
       <c r="G180" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H180"/>
+        <v>18</v>
+      </c>
+      <c r="H180" t="s">
+        <v>208</v>
+      </c>
       <c r="I180">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>45233</v>
+        <v>49018</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>202</v>
       </c>
       <c r="D181" t="s">
         <v>203</v>
       </c>
       <c r="E181" t="s">
         <v>205</v>
       </c>
       <c r="F181" t="s">
         <v>147</v>
       </c>
       <c r="G181" t="s">
         <v>26</v>
       </c>
       <c r="H181"/>
       <c r="I181">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>55594</v>
+        <v>49022</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>202</v>
       </c>
       <c r="D182" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="E182" t="s">
         <v>205</v>
       </c>
       <c r="F182" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="G182" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H182"/>
       <c r="I182">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>49021</v>
+        <v>54045</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>202</v>
       </c>
       <c r="D183" t="s">
         <v>209</v>
       </c>
       <c r="E183" t="s">
         <v>205</v>
       </c>
       <c r="F183" t="s">
         <v>133</v>
       </c>
       <c r="G183" t="s">
         <v>26</v>
       </c>
       <c r="H183"/>
       <c r="I183">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>54045</v>
+        <v>54046</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>202</v>
       </c>
       <c r="D184" t="s">
         <v>209</v>
       </c>
       <c r="E184" t="s">
         <v>205</v>
       </c>
       <c r="F184" t="s">
         <v>133</v>
       </c>
       <c r="G184" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H184"/>
       <c r="I184">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>54046</v>
+        <v>55596</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>202</v>
       </c>
       <c r="D185" t="s">
         <v>209</v>
       </c>
       <c r="E185" t="s">
         <v>205</v>
       </c>
       <c r="F185" t="s">
         <v>133</v>
       </c>
       <c r="G185" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H185"/>
+        <v>18</v>
+      </c>
+      <c r="H185" t="s">
+        <v>208</v>
+      </c>
       <c r="I185">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>55596</v>
+        <v>55592</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>202</v>
       </c>
       <c r="D186" t="s">
         <v>209</v>
       </c>
       <c r="E186" t="s">
         <v>205</v>
       </c>
       <c r="F186" t="s">
         <v>133</v>
       </c>
       <c r="G186" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H186" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="I186">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
-        <v>55592</v>
+        <v>49008</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>202</v>
       </c>
       <c r="D187" t="s">
         <v>209</v>
       </c>
       <c r="E187" t="s">
         <v>205</v>
       </c>
       <c r="F187" t="s">
         <v>133</v>
       </c>
       <c r="G187" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H187"/>
       <c r="I187">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>49008</v>
+        <v>49021</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>202</v>
       </c>
       <c r="D188" t="s">
         <v>209</v>
       </c>
       <c r="E188" t="s">
         <v>205</v>
       </c>
       <c r="F188" t="s">
         <v>133</v>
       </c>
       <c r="G188" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H188"/>
       <c r="I188">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
-        <v>49022</v>
+        <v>49007</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>202</v>
       </c>
       <c r="D189" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E189" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F189" t="s">
-        <v>133</v>
+        <v>211</v>
       </c>
       <c r="G189" t="s">
         <v>26</v>
       </c>
       <c r="H189"/>
       <c r="I189">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>49019</v>
+        <v>49027</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>202</v>
       </c>
       <c r="D190" t="s">
         <v>210</v>
       </c>
       <c r="E190" t="s">
         <v>204</v>
       </c>
       <c r="F190" t="s">
         <v>211</v>
       </c>
       <c r="G190" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H190"/>
       <c r="I190">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>57714</v>
+        <v>49010</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>202</v>
       </c>
       <c r="D191" t="s">
         <v>210</v>
       </c>
       <c r="E191" t="s">
         <v>204</v>
       </c>
       <c r="F191" t="s">
         <v>211</v>
       </c>
       <c r="G191" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H191"/>
       <c r="I191">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>49010</v>
+        <v>57714</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>202</v>
       </c>
       <c r="D192" t="s">
         <v>210</v>
       </c>
       <c r="E192" t="s">
         <v>204</v>
       </c>
       <c r="F192" t="s">
         <v>211</v>
       </c>
       <c r="G192" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H192"/>
       <c r="I192">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>49027</v>
+        <v>49017</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>202</v>
       </c>
       <c r="D193" t="s">
         <v>210</v>
       </c>
       <c r="E193" t="s">
         <v>204</v>
       </c>
       <c r="F193" t="s">
         <v>211</v>
       </c>
       <c r="G193" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H193"/>
       <c r="I193">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>49030</v>
+        <v>49028</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>202</v>
       </c>
       <c r="D194" t="s">
         <v>210</v>
       </c>
       <c r="E194" t="s">
         <v>204</v>
       </c>
       <c r="F194" t="s">
         <v>211</v>
       </c>
       <c r="G194" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H194"/>
       <c r="I194">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>49007</v>
+        <v>57469</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>202</v>
       </c>
       <c r="D195" t="s">
         <v>210</v>
       </c>
       <c r="E195" t="s">
         <v>204</v>
       </c>
       <c r="F195" t="s">
         <v>211</v>
       </c>
       <c r="G195" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H195"/>
       <c r="I195">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>57469</v>
+        <v>49019</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>202</v>
       </c>
       <c r="D196" t="s">
         <v>210</v>
       </c>
       <c r="E196" t="s">
         <v>204</v>
       </c>
       <c r="F196" t="s">
         <v>211</v>
       </c>
       <c r="G196" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H196"/>
       <c r="I196">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
-        <v>49017</v>
+        <v>61681</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>202</v>
       </c>
       <c r="D197" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E197" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F197" t="s">
-        <v>211</v>
+        <v>133</v>
       </c>
       <c r="G197" t="s">
         <v>26</v>
       </c>
-      <c r="H197"/>
+      <c r="H197" t="s">
+        <v>213</v>
+      </c>
       <c r="I197">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>49028</v>
+        <v>55595</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>202</v>
       </c>
       <c r="D198" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E198" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F198" t="s">
-        <v>211</v>
+        <v>133</v>
       </c>
       <c r="G198" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H198"/>
+        <v>35</v>
+      </c>
+      <c r="H198" t="s">
+        <v>206</v>
+      </c>
       <c r="I198">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
-        <v>61681</v>
+        <v>61679</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>202</v>
       </c>
       <c r="D199" t="s">
         <v>212</v>
       </c>
       <c r="E199" t="s">
         <v>205</v>
       </c>
       <c r="F199" t="s">
         <v>133</v>
       </c>
       <c r="G199" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H199"/>
       <c r="I199">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>61679</v>
+        <v>55599</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>202</v>
       </c>
       <c r="D200" t="s">
         <v>212</v>
       </c>
       <c r="E200" t="s">
         <v>205</v>
       </c>
       <c r="F200" t="s">
         <v>133</v>
       </c>
       <c r="G200" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="H200"/>
+        <v>18</v>
+      </c>
+      <c r="H200" t="s">
+        <v>208</v>
+      </c>
       <c r="I200">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>55599</v>
+        <v>50386</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>202</v>
       </c>
       <c r="D201" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E201" t="s">
         <v>205</v>
       </c>
       <c r="F201" t="s">
-        <v>133</v>
+        <v>215</v>
       </c>
       <c r="G201" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H201"/>
       <c r="I201">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>55595</v>
+        <v>50363</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>202</v>
       </c>
       <c r="D202" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E202" t="s">
         <v>205</v>
       </c>
       <c r="F202" t="s">
-        <v>133</v>
+        <v>215</v>
       </c>
       <c r="G202" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H202"/>
       <c r="I202">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>56723</v>
+        <v>55593</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>202</v>
       </c>
       <c r="D203" t="s">
         <v>214</v>
       </c>
       <c r="E203" t="s">
         <v>205</v>
       </c>
       <c r="F203" t="s">
         <v>215</v>
       </c>
       <c r="G203" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H203"/>
+        <v>35</v>
+      </c>
+      <c r="H203" t="s">
+        <v>206</v>
+      </c>
       <c r="I203">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>50363</v>
+        <v>55432</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>202</v>
       </c>
       <c r="D204" t="s">
         <v>214</v>
       </c>
       <c r="E204" t="s">
         <v>205</v>
       </c>
       <c r="F204" t="s">
         <v>215</v>
       </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="H204"/>
       <c r="I204">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>50386</v>
+        <v>57089</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>202</v>
       </c>
       <c r="D205" t="s">
         <v>214</v>
       </c>
       <c r="E205" t="s">
         <v>205</v>
       </c>
       <c r="F205" t="s">
         <v>215</v>
       </c>
       <c r="G205" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H205"/>
       <c r="I205">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
-        <v>57089</v>
+        <v>55598</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>202</v>
       </c>
       <c r="D206" t="s">
         <v>214</v>
       </c>
       <c r="E206" t="s">
         <v>205</v>
       </c>
       <c r="F206" t="s">
         <v>215</v>
       </c>
       <c r="G206" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H206"/>
+        <v>18</v>
+      </c>
+      <c r="H206" t="s">
+        <v>208</v>
+      </c>
       <c r="I206">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>55432</v>
+        <v>55431</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>202</v>
       </c>
       <c r="D207" t="s">
         <v>214</v>
       </c>
       <c r="E207" t="s">
         <v>205</v>
       </c>
       <c r="F207" t="s">
         <v>215</v>
       </c>
       <c r="G207" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H207"/>
       <c r="I207">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>55593</v>
+        <v>56723</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>202</v>
       </c>
       <c r="D208" t="s">
         <v>214</v>
       </c>
       <c r="E208" t="s">
         <v>205</v>
       </c>
       <c r="F208" t="s">
         <v>215</v>
       </c>
       <c r="G208" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H208"/>
       <c r="I208">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
-        <v>55431</v>
+        <v>49515</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>202</v>
       </c>
       <c r="D209" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E209" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="F209" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="G209" t="s">
         <v>26</v>
       </c>
       <c r="H209"/>
       <c r="I209">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>55598</v>
+        <v>60149</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>202</v>
       </c>
       <c r="D210" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E210" t="s">
-        <v>205</v>
+        <v>219</v>
       </c>
       <c r="F210" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="G210" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H210"/>
       <c r="I210">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>49517</v>
+        <v>60151</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>202</v>
       </c>
       <c r="D211" t="s">
         <v>216</v>
       </c>
       <c r="E211" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F211" t="s">
-        <v>218</v>
+        <v>175</v>
       </c>
       <c r="G211" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H211"/>
       <c r="I211">
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>49515</v>
+        <v>60150</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>202</v>
       </c>
       <c r="D212" t="s">
         <v>216</v>
       </c>
       <c r="E212" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F212" t="s">
-        <v>218</v>
+        <v>175</v>
       </c>
       <c r="G212" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H212"/>
       <c r="I212">
-        <v>946</v>
-[...80 lines deleted...]
-        <v>946</v>
+        <v>929</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">