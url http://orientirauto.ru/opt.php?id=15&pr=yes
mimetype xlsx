--- v1 (2026-01-28)
+++ v2 (2026-01-28)
@@ -485,54 +485,54 @@
   <si>
     <t>VQ25HR</t>
   </si>
   <si>
     <t>в сборе</t>
   </si>
   <si>
     <t xml:space="preserve">CPV35     </t>
   </si>
   <si>
     <t xml:space="preserve">Лев.  </t>
   </si>
   <si>
     <t>купе</t>
   </si>
   <si>
     <t xml:space="preserve">PV35      </t>
   </si>
   <si>
     <t xml:space="preserve">HV35      </t>
   </si>
   <si>
     <t>VQ30DD</t>
   </si>
   <si>
+    <t>82721-AL500, 82731-AL500</t>
+  </si>
+  <si>
     <t>82720-AL500, 82730-AL500</t>
-  </si>
-[...1 lines deleted...]
-    <t>82721-AL500, 82731-AL500</t>
   </si>
   <si>
     <t xml:space="preserve">V35       </t>
   </si>
   <si>
     <t>VQ25DD</t>
   </si>
   <si>
     <t xml:space="preserve">Stagea                                  </t>
   </si>
   <si>
     <t xml:space="preserve">PNM35     </t>
   </si>
   <si>
     <t xml:space="preserve">Sunny                                   </t>
   </si>
   <si>
     <t xml:space="preserve">FB15      </t>
   </si>
   <si>
     <t xml:space="preserve">Tiida                                   </t>
   </si>
   <si>
     <t xml:space="preserve">C11       </t>
   </si>
@@ -1489,78 +1489,78 @@
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>53</v>
       </c>
       <c r="F16" t="s">
         <v>40</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>929</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>48936</v>
+        <v>48921</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>56</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>929</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>48921</v>
+        <v>48936</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>37</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>929</v>
       </c>
     </row>
     <row r="19" spans="1:9">
@@ -1678,105 +1678,105 @@
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>64</v>
       </c>
       <c r="G23" t="s">
         <v>35</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>929</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>48938</v>
+        <v>48946</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>40</v>
       </c>
       <c r="G24" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>929</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>48946</v>
+        <v>49167</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
       <c r="D25" t="s">
         <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>40</v>
       </c>
       <c r="G25" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>929</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>49167</v>
+        <v>48938</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>37</v>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>40</v>
       </c>
       <c r="G26" t="s">
         <v>26</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>929</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1842,78 +1842,78 @@
       </c>
       <c r="C29" t="s">
         <v>67</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>73</v>
       </c>
       <c r="G29" t="s">
         <v>26</v>
       </c>
       <c r="H29" t="s">
         <v>74</v>
       </c>
       <c r="I29">
         <v>929</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>48993</v>
+        <v>48981</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>77</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>929</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>48981</v>
+        <v>48993</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>67</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>77</v>
       </c>
       <c r="G31" t="s">
         <v>18</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>929</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -2112,258 +2112,258 @@
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39" t="s">
         <v>94</v>
       </c>
       <c r="E39" t="s">
         <v>95</v>
       </c>
       <c r="F39" t="s">
         <v>93</v>
       </c>
       <c r="G39" t="s">
         <v>18</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>929</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>53345</v>
+        <v>53346</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>85</v>
       </c>
       <c r="D40" t="s">
         <v>96</v>
       </c>
       <c r="E40" t="s">
         <v>97</v>
       </c>
       <c r="F40" t="s">
         <v>98</v>
       </c>
       <c r="G40" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>929</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>53346</v>
+        <v>53345</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>85</v>
       </c>
       <c r="D41" t="s">
         <v>96</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>98</v>
       </c>
       <c r="G41" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H41"/>
       <c r="I41">
         <v>929</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>48926</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
       <c r="D42" t="s">
         <v>100</v>
       </c>
       <c r="E42" t="s">
         <v>101</v>
       </c>
       <c r="F42" t="s">
         <v>102</v>
       </c>
       <c r="G42" t="s">
         <v>35</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>929</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>49051</v>
+        <v>49043</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43" t="s">
         <v>103</v>
       </c>
       <c r="E43" t="s">
         <v>104</v>
       </c>
       <c r="F43" t="s">
         <v>105</v>
       </c>
       <c r="G43" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>929</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>49061</v>
+        <v>48931</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>99</v>
       </c>
       <c r="D44" t="s">
         <v>103</v>
       </c>
       <c r="E44" t="s">
         <v>104</v>
       </c>
       <c r="F44" t="s">
         <v>105</v>
       </c>
       <c r="G44" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H44"/>
       <c r="I44">
         <v>929</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>48931</v>
+        <v>49061</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>99</v>
       </c>
       <c r="D45" t="s">
         <v>103</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>105</v>
       </c>
       <c r="G45" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H45"/>
       <c r="I45">
         <v>929</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>48988</v>
+        <v>49051</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>103</v>
       </c>
       <c r="E46" t="s">
         <v>104</v>
       </c>
       <c r="F46" t="s">
         <v>105</v>
       </c>
       <c r="G46" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H46"/>
       <c r="I46">
         <v>929</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>49043</v>
+        <v>48988</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>99</v>
       </c>
       <c r="D47" t="s">
         <v>103</v>
       </c>
       <c r="E47" t="s">
         <v>104</v>
       </c>
       <c r="F47" t="s">
         <v>105</v>
       </c>
       <c r="G47" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>929</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>48957</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>99</v>
       </c>
       <c r="D48" t="s">
         <v>103</v>
       </c>
       <c r="E48" t="s">
         <v>106</v>
       </c>
       <c r="F48" t="s">
         <v>107</v>
       </c>
@@ -2384,96 +2384,96 @@
       </c>
       <c r="C49" t="s">
         <v>99</v>
       </c>
       <c r="D49" t="s">
         <v>108</v>
       </c>
       <c r="E49" t="s">
         <v>109</v>
       </c>
       <c r="F49" t="s">
         <v>110</v>
       </c>
       <c r="G49" t="s">
         <v>35</v>
       </c>
       <c r="H49" t="s">
         <v>111</v>
       </c>
       <c r="I49">
         <v>929</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>49063</v>
+        <v>48971</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>99</v>
       </c>
       <c r="D50" t="s">
         <v>112</v>
       </c>
       <c r="E50" t="s">
         <v>113</v>
       </c>
       <c r="F50" t="s">
         <v>102</v>
       </c>
       <c r="G50" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>929</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>48971</v>
+        <v>49063</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>99</v>
       </c>
       <c r="D51" t="s">
         <v>112</v>
       </c>
       <c r="E51" t="s">
         <v>113</v>
       </c>
       <c r="F51" t="s">
         <v>102</v>
       </c>
       <c r="G51" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H51"/>
       <c r="I51">
         <v>929</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>49065</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>99</v>
       </c>
       <c r="D52" t="s">
         <v>112</v>
       </c>
       <c r="E52" t="s">
         <v>113</v>
       </c>
       <c r="F52" t="s">
         <v>102</v>
       </c>
@@ -2519,375 +2519,375 @@
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>99</v>
       </c>
       <c r="D54" t="s">
         <v>112</v>
       </c>
       <c r="E54" t="s">
         <v>114</v>
       </c>
       <c r="F54" t="s">
         <v>102</v>
       </c>
       <c r="G54" t="s">
         <v>26</v>
       </c>
       <c r="H54"/>
       <c r="I54">
         <v>929</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>48968</v>
+        <v>48987</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>99</v>
       </c>
       <c r="D55" t="s">
         <v>115</v>
       </c>
       <c r="E55" t="s">
         <v>116</v>
       </c>
       <c r="F55" t="s">
         <v>117</v>
       </c>
       <c r="G55" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>929</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>48959</v>
+        <v>48925</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>99</v>
       </c>
       <c r="D56" t="s">
         <v>115</v>
       </c>
       <c r="E56" t="s">
         <v>116</v>
       </c>
       <c r="F56" t="s">
         <v>117</v>
       </c>
       <c r="G56" t="s">
         <v>35</v>
       </c>
       <c r="H56"/>
       <c r="I56">
         <v>929</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>48948</v>
+        <v>48979</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>99</v>
       </c>
       <c r="D57" t="s">
         <v>115</v>
       </c>
       <c r="E57" t="s">
         <v>116</v>
       </c>
       <c r="F57" t="s">
         <v>117</v>
       </c>
       <c r="G57" t="s">
         <v>18</v>
       </c>
       <c r="H57"/>
       <c r="I57">
         <v>929</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>48939</v>
+        <v>48968</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>99</v>
       </c>
       <c r="D58" t="s">
         <v>115</v>
       </c>
       <c r="E58" t="s">
         <v>116</v>
       </c>
       <c r="F58" t="s">
         <v>117</v>
       </c>
       <c r="G58" t="s">
         <v>18</v>
       </c>
       <c r="H58"/>
       <c r="I58">
         <v>929</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>48964</v>
+        <v>48992</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>99</v>
       </c>
       <c r="D59" t="s">
         <v>115</v>
       </c>
       <c r="E59" t="s">
         <v>116</v>
       </c>
       <c r="F59" t="s">
         <v>117</v>
       </c>
       <c r="G59" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H59"/>
       <c r="I59">
         <v>929</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>48913</v>
+        <v>48964</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>99</v>
       </c>
       <c r="D60" t="s">
         <v>115</v>
       </c>
       <c r="E60" t="s">
         <v>116</v>
       </c>
       <c r="F60" t="s">
         <v>117</v>
       </c>
       <c r="G60" t="s">
         <v>35</v>
       </c>
       <c r="H60"/>
       <c r="I60">
         <v>929</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>48987</v>
+        <v>48959</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>99</v>
       </c>
       <c r="D61" t="s">
         <v>115</v>
       </c>
       <c r="E61" t="s">
         <v>116</v>
       </c>
       <c r="F61" t="s">
         <v>117</v>
       </c>
       <c r="G61" t="s">
         <v>35</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>929</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>48992</v>
+        <v>48942</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>99</v>
       </c>
       <c r="D62" t="s">
         <v>115</v>
       </c>
       <c r="E62" t="s">
         <v>116</v>
       </c>
       <c r="F62" t="s">
         <v>117</v>
       </c>
       <c r="G62" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>929</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>48991</v>
+        <v>48948</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>99</v>
       </c>
       <c r="D63" t="s">
         <v>115</v>
       </c>
       <c r="E63" t="s">
         <v>116</v>
       </c>
       <c r="F63" t="s">
         <v>117</v>
       </c>
       <c r="G63" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>929</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>48979</v>
+        <v>48939</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>99</v>
       </c>
       <c r="D64" t="s">
         <v>115</v>
       </c>
       <c r="E64" t="s">
         <v>116</v>
       </c>
       <c r="F64" t="s">
         <v>117</v>
       </c>
       <c r="G64" t="s">
         <v>18</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>929</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>48925</v>
+        <v>48913</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>99</v>
       </c>
       <c r="D65" t="s">
         <v>115</v>
       </c>
       <c r="E65" t="s">
         <v>116</v>
       </c>
       <c r="F65" t="s">
         <v>117</v>
       </c>
       <c r="G65" t="s">
         <v>35</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>929</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>48973</v>
+        <v>48991</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>99</v>
       </c>
       <c r="D66" t="s">
         <v>115</v>
       </c>
       <c r="E66" t="s">
         <v>116</v>
       </c>
       <c r="F66" t="s">
         <v>117</v>
       </c>
       <c r="G66" t="s">
         <v>35</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>929</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>48942</v>
+        <v>48973</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>99</v>
       </c>
       <c r="D67" t="s">
         <v>115</v>
       </c>
       <c r="E67" t="s">
         <v>116</v>
       </c>
       <c r="F67" t="s">
         <v>117</v>
       </c>
       <c r="G67" t="s">
         <v>35</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>929</v>
       </c>
     </row>
     <row r="68" spans="1:9">
@@ -3061,968 +3061,968 @@
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>118</v>
       </c>
       <c r="D74" t="s">
         <v>131</v>
       </c>
       <c r="E74" t="s">
         <v>134</v>
       </c>
       <c r="F74" t="s">
         <v>135</v>
       </c>
       <c r="G74" t="s">
         <v>26</v>
       </c>
       <c r="H74"/>
       <c r="I74">
         <v>929</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>48918</v>
+        <v>48945</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>118</v>
       </c>
       <c r="D75" t="s">
         <v>136</v>
       </c>
       <c r="E75" t="s">
         <v>137</v>
       </c>
       <c r="F75" t="s">
         <v>138</v>
       </c>
       <c r="G75" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H75"/>
       <c r="I75">
         <v>929</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>48945</v>
+        <v>49078</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>118</v>
       </c>
       <c r="D76" t="s">
         <v>136</v>
       </c>
       <c r="E76" t="s">
         <v>137</v>
       </c>
       <c r="F76" t="s">
         <v>138</v>
       </c>
       <c r="G76" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H76"/>
       <c r="I76">
         <v>929</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>49078</v>
+        <v>48918</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>118</v>
       </c>
       <c r="D77" t="s">
         <v>136</v>
       </c>
       <c r="E77" t="s">
         <v>137</v>
       </c>
       <c r="F77" t="s">
         <v>138</v>
       </c>
       <c r="G77" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H77"/>
       <c r="I77">
         <v>929</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>49072</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>118</v>
       </c>
       <c r="D78" t="s">
         <v>139</v>
       </c>
       <c r="E78" t="s">
         <v>140</v>
       </c>
       <c r="F78" t="s">
         <v>141</v>
       </c>
       <c r="G78" t="s">
         <v>26</v>
       </c>
       <c r="H78"/>
       <c r="I78">
         <v>929</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>48943</v>
+        <v>49062</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>118</v>
       </c>
       <c r="D79" t="s">
         <v>142</v>
       </c>
       <c r="E79" t="s">
         <v>143</v>
       </c>
       <c r="F79" t="s">
         <v>144</v>
       </c>
       <c r="G79" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H79"/>
       <c r="I79">
         <v>929</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>49062</v>
+        <v>48943</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>118</v>
       </c>
       <c r="D80" t="s">
         <v>142</v>
       </c>
       <c r="E80" t="s">
         <v>143</v>
       </c>
       <c r="F80" t="s">
         <v>144</v>
       </c>
       <c r="G80" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H80"/>
       <c r="I80">
         <v>929</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>49080</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>118</v>
       </c>
       <c r="D81" t="s">
         <v>142</v>
       </c>
       <c r="E81" t="s">
         <v>143</v>
       </c>
       <c r="F81" t="s">
         <v>144</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81"/>
       <c r="I81">
         <v>929</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>49222</v>
+        <v>49231</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>118</v>
       </c>
       <c r="D82" t="s">
         <v>145</v>
       </c>
       <c r="E82" t="s">
         <v>146</v>
       </c>
       <c r="F82" t="s">
         <v>147</v>
       </c>
       <c r="G82" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H82"/>
       <c r="I82">
         <v>929</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>49231</v>
+        <v>49230</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
       <c r="D83" t="s">
         <v>145</v>
       </c>
       <c r="E83" t="s">
         <v>146</v>
       </c>
       <c r="F83" t="s">
         <v>147</v>
       </c>
       <c r="G83" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H83"/>
       <c r="I83">
         <v>929</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>49230</v>
+        <v>49229</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
         <v>145</v>
       </c>
       <c r="E84" t="s">
         <v>146</v>
       </c>
       <c r="F84" t="s">
         <v>147</v>
       </c>
       <c r="G84" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H84"/>
       <c r="I84">
         <v>929</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>49229</v>
+        <v>49222</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>118</v>
       </c>
       <c r="D85" t="s">
         <v>145</v>
       </c>
       <c r="E85" t="s">
         <v>146</v>
       </c>
       <c r="F85" t="s">
         <v>147</v>
       </c>
       <c r="G85" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H85"/>
       <c r="I85">
         <v>929</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>57762</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>118</v>
       </c>
       <c r="D86" t="s">
         <v>145</v>
       </c>
       <c r="E86" t="s">
         <v>148</v>
       </c>
       <c r="F86" t="s">
         <v>149</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>929</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>57774</v>
+        <v>57776</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>118</v>
       </c>
       <c r="D87" t="s">
         <v>145</v>
       </c>
       <c r="E87" t="s">
         <v>148</v>
       </c>
       <c r="F87" t="s">
         <v>149</v>
       </c>
       <c r="G87" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H87"/>
       <c r="I87">
         <v>929</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>57776</v>
+        <v>57774</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>118</v>
       </c>
       <c r="D88" t="s">
         <v>145</v>
       </c>
       <c r="E88" t="s">
         <v>148</v>
       </c>
       <c r="F88" t="s">
         <v>149</v>
       </c>
       <c r="G88" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H88"/>
+        <v>35</v>
+      </c>
+      <c r="H88" t="s">
+        <v>150</v>
+      </c>
       <c r="I88">
         <v>929</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>52304</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>145</v>
       </c>
       <c r="E89" t="s">
         <v>151</v>
       </c>
       <c r="F89" t="s">
         <v>135</v>
       </c>
       <c r="G89" t="s">
         <v>152</v>
       </c>
       <c r="H89" t="s">
         <v>153</v>
       </c>
       <c r="I89">
         <v>929</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>49173</v>
+        <v>49163</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>118</v>
       </c>
       <c r="D90" t="s">
         <v>145</v>
       </c>
       <c r="E90" t="s">
         <v>154</v>
       </c>
       <c r="F90" t="s">
         <v>135</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90"/>
       <c r="I90">
         <v>929</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>49162</v>
+        <v>49173</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>118</v>
       </c>
       <c r="D91" t="s">
         <v>145</v>
       </c>
       <c r="E91" t="s">
         <v>154</v>
       </c>
       <c r="F91" t="s">
         <v>135</v>
       </c>
       <c r="G91" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H91"/>
       <c r="I91">
         <v>929</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>49068</v>
+        <v>49172</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>118</v>
       </c>
       <c r="D92" t="s">
         <v>145</v>
       </c>
       <c r="E92" t="s">
         <v>154</v>
       </c>
       <c r="F92" t="s">
         <v>135</v>
       </c>
       <c r="G92" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H92"/>
       <c r="I92">
         <v>929</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>49172</v>
+        <v>49068</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>118</v>
       </c>
       <c r="D93" t="s">
         <v>145</v>
       </c>
       <c r="E93" t="s">
         <v>154</v>
       </c>
       <c r="F93" t="s">
         <v>135</v>
       </c>
       <c r="G93" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H93"/>
       <c r="I93">
         <v>929</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>49166</v>
+        <v>49162</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>118</v>
       </c>
       <c r="D94" t="s">
         <v>145</v>
       </c>
       <c r="E94" t="s">
         <v>154</v>
       </c>
       <c r="F94" t="s">
         <v>135</v>
       </c>
       <c r="G94" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H94"/>
       <c r="I94">
         <v>929</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>49163</v>
+        <v>49166</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>118</v>
       </c>
       <c r="D95" t="s">
         <v>145</v>
       </c>
       <c r="E95" t="s">
         <v>154</v>
       </c>
       <c r="F95" t="s">
         <v>135</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95"/>
       <c r="I95">
         <v>929</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>60984</v>
+        <v>60999</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>118</v>
       </c>
       <c r="D96" t="s">
         <v>145</v>
       </c>
       <c r="E96" t="s">
         <v>155</v>
       </c>
       <c r="F96" t="s">
         <v>156</v>
       </c>
       <c r="G96" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>157</v>
       </c>
       <c r="I96">
         <v>929</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>60999</v>
+        <v>60984</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>118</v>
       </c>
       <c r="D97" t="s">
         <v>145</v>
       </c>
       <c r="E97" t="s">
         <v>155</v>
       </c>
       <c r="F97" t="s">
         <v>156</v>
       </c>
       <c r="G97" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H97" t="s">
         <v>158</v>
       </c>
       <c r="I97">
         <v>929</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>56307</v>
+        <v>56251</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>118</v>
       </c>
       <c r="D98" t="s">
         <v>145</v>
       </c>
       <c r="E98" t="s">
         <v>159</v>
       </c>
       <c r="F98" t="s">
         <v>160</v>
       </c>
       <c r="G98" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H98"/>
       <c r="I98">
         <v>929</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>56251</v>
+        <v>56307</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>118</v>
       </c>
       <c r="D99" t="s">
         <v>145</v>
       </c>
       <c r="E99" t="s">
         <v>159</v>
       </c>
       <c r="F99" t="s">
         <v>160</v>
       </c>
       <c r="G99" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H99"/>
       <c r="I99">
         <v>929</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>48924</v>
+        <v>48972</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>118</v>
       </c>
       <c r="D100" t="s">
         <v>161</v>
       </c>
       <c r="E100" t="s">
         <v>162</v>
       </c>
       <c r="F100" t="s">
         <v>135</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100"/>
       <c r="I100">
         <v>929</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>49177</v>
+        <v>51747</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>118</v>
       </c>
       <c r="D101" t="s">
         <v>161</v>
       </c>
       <c r="E101" t="s">
         <v>162</v>
       </c>
       <c r="F101" t="s">
         <v>135</v>
       </c>
       <c r="G101" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H101"/>
       <c r="I101">
         <v>929</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>48950</v>
+        <v>48947</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>118</v>
       </c>
       <c r="D102" t="s">
         <v>161</v>
       </c>
       <c r="E102" t="s">
         <v>162</v>
       </c>
       <c r="F102" t="s">
         <v>135</v>
       </c>
       <c r="G102" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H102"/>
       <c r="I102">
         <v>929</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>48947</v>
+        <v>48950</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>118</v>
       </c>
       <c r="D103" t="s">
         <v>161</v>
       </c>
       <c r="E103" t="s">
         <v>162</v>
       </c>
       <c r="F103" t="s">
         <v>135</v>
       </c>
       <c r="G103" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H103"/>
       <c r="I103">
         <v>929</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>51747</v>
+        <v>49089</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>118</v>
       </c>
       <c r="D104" t="s">
         <v>161</v>
       </c>
       <c r="E104" t="s">
         <v>162</v>
       </c>
       <c r="F104" t="s">
         <v>135</v>
       </c>
       <c r="G104" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H104"/>
       <c r="I104">
         <v>929</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>48970</v>
+        <v>51717</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>118</v>
       </c>
       <c r="D105" t="s">
         <v>161</v>
       </c>
       <c r="E105" t="s">
         <v>162</v>
       </c>
       <c r="F105" t="s">
         <v>135</v>
       </c>
       <c r="G105" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H105"/>
       <c r="I105">
         <v>929</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>48972</v>
+        <v>49177</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>118</v>
       </c>
       <c r="D106" t="s">
         <v>161</v>
       </c>
       <c r="E106" t="s">
         <v>162</v>
       </c>
       <c r="F106" t="s">
         <v>135</v>
       </c>
       <c r="G106" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H106"/>
       <c r="I106">
         <v>929</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>49089</v>
+        <v>48924</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>118</v>
       </c>
       <c r="D107" t="s">
         <v>161</v>
       </c>
       <c r="E107" t="s">
         <v>162</v>
       </c>
       <c r="F107" t="s">
         <v>135</v>
       </c>
       <c r="G107" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>929</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>51717</v>
+        <v>48970</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>118</v>
       </c>
       <c r="D108" t="s">
         <v>161</v>
       </c>
       <c r="E108" t="s">
         <v>162</v>
       </c>
       <c r="F108" t="s">
         <v>135</v>
       </c>
       <c r="G108" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>929</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>49175</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>118</v>
       </c>
       <c r="D109" t="s">
         <v>163</v>
       </c>
       <c r="E109" t="s">
         <v>164</v>
       </c>
       <c r="F109" t="s">
         <v>121</v>
       </c>
@@ -4095,100 +4095,100 @@
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>118</v>
       </c>
       <c r="D112" t="s">
         <v>167</v>
       </c>
       <c r="E112" t="s">
         <v>170</v>
       </c>
       <c r="F112" t="s">
         <v>144</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112"/>
       <c r="I112">
         <v>929</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>48922</v>
+        <v>48976</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>118</v>
       </c>
       <c r="D113" t="s">
         <v>171</v>
       </c>
       <c r="E113" t="s">
         <v>172</v>
       </c>
       <c r="F113" t="s">
         <v>141</v>
       </c>
       <c r="G113" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H113"/>
+        <v>14</v>
+      </c>
+      <c r="H113" t="s">
+        <v>36</v>
+      </c>
       <c r="I113">
         <v>929</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>48976</v>
+        <v>48922</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>118</v>
       </c>
       <c r="D114" t="s">
         <v>171</v>
       </c>
       <c r="E114" t="s">
         <v>172</v>
       </c>
       <c r="F114" t="s">
         <v>141</v>
       </c>
       <c r="G114" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H114"/>
       <c r="I114">
         <v>929</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>59986</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>118</v>
       </c>
       <c r="D115" t="s">
         <v>173</v>
       </c>
       <c r="E115" t="s">
         <v>174</v>
       </c>
       <c r="F115" t="s">
         <v>175</v>
       </c>
       <c r="G115" t="s">
         <v>26</v>
@@ -4209,186 +4209,186 @@
       </c>
       <c r="C116" t="s">
         <v>118</v>
       </c>
       <c r="D116" t="s">
         <v>173</v>
       </c>
       <c r="E116" t="s">
         <v>174</v>
       </c>
       <c r="F116" t="s">
         <v>175</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
         <v>177</v>
       </c>
       <c r="I116">
         <v>929</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>48890</v>
+        <v>48904</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>178</v>
       </c>
       <c r="D117" t="s">
         <v>179</v>
       </c>
       <c r="E117" t="s">
         <v>180</v>
       </c>
       <c r="F117" t="s">
         <v>181</v>
       </c>
       <c r="G117" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H117"/>
       <c r="I117">
         <v>929</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>48895</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>178</v>
       </c>
       <c r="D118" t="s">
         <v>179</v>
       </c>
       <c r="E118" t="s">
         <v>180</v>
       </c>
       <c r="F118" t="s">
         <v>181</v>
       </c>
       <c r="G118" t="s">
         <v>18</v>
       </c>
       <c r="H118"/>
       <c r="I118">
         <v>929</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>48896</v>
+        <v>48901</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>178</v>
       </c>
       <c r="D119" t="s">
         <v>179</v>
       </c>
       <c r="E119" t="s">
         <v>180</v>
       </c>
       <c r="F119" t="s">
         <v>181</v>
       </c>
       <c r="G119" t="s">
         <v>35</v>
       </c>
       <c r="H119"/>
       <c r="I119">
         <v>929</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>48901</v>
+        <v>48890</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>178</v>
       </c>
       <c r="D120" t="s">
         <v>179</v>
       </c>
       <c r="E120" t="s">
         <v>180</v>
       </c>
       <c r="F120" t="s">
         <v>181</v>
       </c>
       <c r="G120" t="s">
         <v>35</v>
       </c>
       <c r="H120"/>
       <c r="I120">
         <v>929</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>48904</v>
+        <v>48896</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>178</v>
       </c>
       <c r="D121" t="s">
         <v>179</v>
       </c>
       <c r="E121" t="s">
         <v>180</v>
       </c>
       <c r="F121" t="s">
         <v>181</v>
       </c>
       <c r="G121" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H121"/>
       <c r="I121">
         <v>929</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>48891</v>
+        <v>48902</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>178</v>
       </c>
       <c r="D122" t="s">
         <v>179</v>
       </c>
       <c r="E122" t="s">
         <v>182</v>
       </c>
       <c r="F122" t="s">
         <v>183</v>
       </c>
       <c r="G122" t="s">
         <v>18</v>
       </c>
       <c r="H122"/>
       <c r="I122">
         <v>929</v>
       </c>
     </row>
     <row r="123" spans="1:9">
@@ -4398,231 +4398,231 @@
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>178</v>
       </c>
       <c r="D123" t="s">
         <v>179</v>
       </c>
       <c r="E123" t="s">
         <v>182</v>
       </c>
       <c r="F123" t="s">
         <v>183</v>
       </c>
       <c r="G123" t="s">
         <v>35</v>
       </c>
       <c r="H123"/>
       <c r="I123">
         <v>929</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>48893</v>
+        <v>48930</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>178</v>
       </c>
       <c r="D124" t="s">
         <v>179</v>
       </c>
       <c r="E124" t="s">
         <v>182</v>
       </c>
       <c r="F124" t="s">
         <v>183</v>
       </c>
       <c r="G124" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H124"/>
       <c r="I124">
         <v>929</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>48903</v>
+        <v>48891</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>178</v>
       </c>
       <c r="D125" t="s">
         <v>179</v>
       </c>
       <c r="E125" t="s">
         <v>182</v>
       </c>
       <c r="F125" t="s">
         <v>183</v>
       </c>
       <c r="G125" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H125"/>
       <c r="I125">
         <v>929</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>48902</v>
+        <v>48892</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>178</v>
       </c>
       <c r="D126" t="s">
         <v>179</v>
       </c>
       <c r="E126" t="s">
         <v>182</v>
       </c>
       <c r="F126" t="s">
         <v>183</v>
       </c>
       <c r="G126" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H126"/>
       <c r="I126">
         <v>929</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>48892</v>
+        <v>48893</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>178</v>
       </c>
       <c r="D127" t="s">
         <v>179</v>
       </c>
       <c r="E127" t="s">
         <v>182</v>
       </c>
       <c r="F127" t="s">
         <v>183</v>
       </c>
       <c r="G127" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H127"/>
       <c r="I127">
         <v>929</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>48930</v>
+        <v>48894</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>178</v>
       </c>
       <c r="D128" t="s">
         <v>179</v>
       </c>
       <c r="E128" t="s">
         <v>182</v>
       </c>
       <c r="F128" t="s">
         <v>183</v>
       </c>
       <c r="G128" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H128"/>
       <c r="I128">
         <v>929</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>48894</v>
+        <v>49056</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>178</v>
       </c>
       <c r="D129" t="s">
         <v>179</v>
       </c>
       <c r="E129" t="s">
         <v>182</v>
       </c>
       <c r="F129" t="s">
         <v>183</v>
       </c>
       <c r="G129" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H129"/>
       <c r="I129">
         <v>929</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>49056</v>
+        <v>48903</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>178</v>
       </c>
       <c r="D130" t="s">
         <v>179</v>
       </c>
       <c r="E130" t="s">
         <v>182</v>
       </c>
       <c r="F130" t="s">
         <v>183</v>
       </c>
       <c r="G130" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H130"/>
       <c r="I130">
         <v>929</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
         <v>48897</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>178</v>
       </c>
       <c r="D131" t="s">
         <v>179</v>
       </c>
       <c r="E131" t="s">
         <v>184</v>
       </c>
       <c r="F131" t="s">
         <v>185</v>
       </c>
@@ -4749,96 +4749,96 @@
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>178</v>
       </c>
       <c r="D136" t="s">
         <v>186</v>
       </c>
       <c r="E136" t="s">
         <v>182</v>
       </c>
       <c r="F136" t="s">
         <v>183</v>
       </c>
       <c r="G136" t="s">
         <v>18</v>
       </c>
       <c r="H136"/>
       <c r="I136">
         <v>929</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>54676</v>
+        <v>54677</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>178</v>
       </c>
       <c r="D137" t="s">
         <v>187</v>
       </c>
       <c r="E137" t="s">
         <v>188</v>
       </c>
       <c r="F137" t="s">
         <v>189</v>
       </c>
       <c r="G137" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H137"/>
       <c r="I137">
         <v>929</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>54677</v>
+        <v>54676</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>178</v>
       </c>
       <c r="D138" t="s">
         <v>187</v>
       </c>
       <c r="E138" t="s">
         <v>188</v>
       </c>
       <c r="F138" t="s">
         <v>189</v>
       </c>
       <c r="G138" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H138"/>
       <c r="I138">
         <v>929</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
         <v>48984</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>190</v>
       </c>
       <c r="D139" t="s">
         <v>191</v>
       </c>
       <c r="E139" t="s">
         <v>192</v>
       </c>
       <c r="F139" t="s">
         <v>193</v>
       </c>
@@ -4861,1191 +4861,1191 @@
       </c>
       <c r="C140" t="s">
         <v>190</v>
       </c>
       <c r="D140" t="s">
         <v>191</v>
       </c>
       <c r="E140" t="s">
         <v>192</v>
       </c>
       <c r="F140" t="s">
         <v>193</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
         <v>36</v>
       </c>
       <c r="I140">
         <v>929</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>48911</v>
+        <v>48916</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>194</v>
       </c>
       <c r="D141" t="s">
         <v>195</v>
       </c>
       <c r="E141" t="s">
         <v>196</v>
       </c>
       <c r="F141" t="s">
         <v>197</v>
       </c>
       <c r="G141" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H141"/>
       <c r="I141">
         <v>929</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
         <v>48920</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>194</v>
       </c>
       <c r="D142" t="s">
         <v>195</v>
       </c>
       <c r="E142" t="s">
         <v>196</v>
       </c>
       <c r="F142" t="s">
         <v>197</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142"/>
       <c r="I142">
         <v>929</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>48916</v>
+        <v>48911</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>194</v>
       </c>
       <c r="D143" t="s">
         <v>195</v>
       </c>
       <c r="E143" t="s">
         <v>196</v>
       </c>
       <c r="F143" t="s">
         <v>197</v>
       </c>
       <c r="G143" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H143"/>
       <c r="I143">
         <v>929</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
         <v>49088</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>198</v>
       </c>
       <c r="D144" t="s">
         <v>199</v>
       </c>
       <c r="E144" t="s">
         <v>200</v>
       </c>
       <c r="F144" t="s">
         <v>201</v>
       </c>
       <c r="G144" t="s">
         <v>26</v>
       </c>
       <c r="H144"/>
       <c r="I144">
         <v>929</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>48999</v>
+        <v>53578</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>202</v>
       </c>
       <c r="D145" t="s">
         <v>203</v>
       </c>
       <c r="E145" t="s">
         <v>204</v>
       </c>
       <c r="F145" t="s">
         <v>135</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145"/>
       <c r="I145">
         <v>929</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>49014</v>
+        <v>49040</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>202</v>
       </c>
       <c r="D146" t="s">
         <v>203</v>
       </c>
       <c r="E146" t="s">
         <v>204</v>
       </c>
       <c r="F146" t="s">
         <v>135</v>
       </c>
       <c r="G146" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H146"/>
       <c r="I146">
         <v>929</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>49011</v>
+        <v>49013</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>202</v>
       </c>
       <c r="D147" t="s">
         <v>203</v>
       </c>
       <c r="E147" t="s">
         <v>204</v>
       </c>
       <c r="F147" t="s">
         <v>135</v>
       </c>
       <c r="G147" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H147"/>
       <c r="I147">
         <v>929</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>49009</v>
+        <v>49014</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>202</v>
       </c>
       <c r="D148" t="s">
         <v>203</v>
       </c>
       <c r="E148" t="s">
         <v>204</v>
       </c>
       <c r="F148" t="s">
         <v>135</v>
       </c>
       <c r="G148" t="s">
         <v>26</v>
       </c>
       <c r="H148"/>
       <c r="I148">
         <v>929</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>49013</v>
+        <v>49015</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>202</v>
       </c>
       <c r="D149" t="s">
         <v>203</v>
       </c>
       <c r="E149" t="s">
         <v>204</v>
       </c>
       <c r="F149" t="s">
         <v>135</v>
       </c>
       <c r="G149" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H149"/>
       <c r="I149">
         <v>929</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>49015</v>
+        <v>61700</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>202</v>
       </c>
       <c r="D150" t="s">
         <v>203</v>
       </c>
       <c r="E150" t="s">
         <v>204</v>
       </c>
       <c r="F150" t="s">
         <v>135</v>
       </c>
       <c r="G150" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H150"/>
       <c r="I150">
         <v>929</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>61700</v>
+        <v>49020</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>202</v>
       </c>
       <c r="D151" t="s">
         <v>203</v>
       </c>
       <c r="E151" t="s">
         <v>204</v>
       </c>
       <c r="F151" t="s">
         <v>135</v>
       </c>
       <c r="G151" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H151"/>
       <c r="I151">
         <v>929</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>49020</v>
+        <v>49024</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>202</v>
       </c>
       <c r="D152" t="s">
         <v>203</v>
       </c>
       <c r="E152" t="s">
         <v>204</v>
       </c>
       <c r="F152" t="s">
         <v>135</v>
       </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="H152"/>
       <c r="I152">
         <v>929</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>49024</v>
+        <v>49031</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>202</v>
       </c>
       <c r="D153" t="s">
         <v>203</v>
       </c>
       <c r="E153" t="s">
         <v>204</v>
       </c>
       <c r="F153" t="s">
         <v>135</v>
       </c>
       <c r="G153" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H153"/>
       <c r="I153">
         <v>929</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>58906</v>
+        <v>49032</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>202</v>
       </c>
       <c r="D154" t="s">
         <v>203</v>
       </c>
       <c r="E154" t="s">
         <v>204</v>
       </c>
       <c r="F154" t="s">
         <v>135</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154"/>
       <c r="I154">
         <v>929</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>49023</v>
+        <v>49033</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>202</v>
       </c>
       <c r="D155" t="s">
         <v>203</v>
       </c>
       <c r="E155" t="s">
         <v>204</v>
       </c>
       <c r="F155" t="s">
         <v>135</v>
       </c>
       <c r="G155" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H155"/>
       <c r="I155">
         <v>929</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>58883</v>
+        <v>49034</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>202</v>
       </c>
       <c r="D156" t="s">
         <v>203</v>
       </c>
       <c r="E156" t="s">
         <v>204</v>
       </c>
       <c r="F156" t="s">
         <v>135</v>
       </c>
       <c r="G156" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H156"/>
       <c r="I156">
         <v>929</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>49025</v>
+        <v>49035</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>202</v>
       </c>
       <c r="D157" t="s">
         <v>203</v>
       </c>
       <c r="E157" t="s">
         <v>204</v>
       </c>
       <c r="F157" t="s">
         <v>135</v>
       </c>
       <c r="G157" t="s">
         <v>26</v>
       </c>
       <c r="H157"/>
       <c r="I157">
         <v>929</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>50041</v>
+        <v>49011</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>202</v>
       </c>
       <c r="D158" t="s">
         <v>203</v>
       </c>
       <c r="E158" t="s">
         <v>204</v>
       </c>
       <c r="F158" t="s">
         <v>135</v>
       </c>
       <c r="G158" t="s">
         <v>26</v>
       </c>
       <c r="H158"/>
       <c r="I158">
         <v>929</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>49031</v>
+        <v>53592</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>202</v>
       </c>
       <c r="D159" t="s">
         <v>203</v>
       </c>
       <c r="E159" t="s">
         <v>204</v>
       </c>
       <c r="F159" t="s">
         <v>135</v>
       </c>
       <c r="G159" t="s">
         <v>26</v>
       </c>
       <c r="H159"/>
       <c r="I159">
         <v>929</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>55881</v>
+        <v>55882</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>202</v>
       </c>
       <c r="D160" t="s">
         <v>203</v>
       </c>
       <c r="E160" t="s">
         <v>204</v>
       </c>
       <c r="F160" t="s">
         <v>135</v>
       </c>
       <c r="G160" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H160"/>
       <c r="I160">
         <v>929</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>49032</v>
+        <v>50041</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>202</v>
       </c>
       <c r="D161" t="s">
         <v>203</v>
       </c>
       <c r="E161" t="s">
         <v>204</v>
       </c>
       <c r="F161" t="s">
         <v>135</v>
       </c>
       <c r="G161" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H161"/>
       <c r="I161">
         <v>929</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>49033</v>
+        <v>58883</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>202</v>
       </c>
       <c r="D162" t="s">
         <v>203</v>
       </c>
       <c r="E162" t="s">
         <v>204</v>
       </c>
       <c r="F162" t="s">
         <v>135</v>
       </c>
       <c r="G162" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H162"/>
       <c r="I162">
         <v>929</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>49034</v>
+        <v>58906</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>202</v>
       </c>
       <c r="D163" t="s">
         <v>203</v>
       </c>
       <c r="E163" t="s">
         <v>204</v>
       </c>
       <c r="F163" t="s">
         <v>135</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163"/>
       <c r="I163">
         <v>929</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>49035</v>
+        <v>49025</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>202</v>
       </c>
       <c r="D164" t="s">
         <v>203</v>
       </c>
       <c r="E164" t="s">
         <v>204</v>
       </c>
       <c r="F164" t="s">
         <v>135</v>
       </c>
       <c r="G164" t="s">
         <v>26</v>
       </c>
       <c r="H164"/>
       <c r="I164">
         <v>929</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>55882</v>
+        <v>49023</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>202</v>
       </c>
       <c r="D165" t="s">
         <v>203</v>
       </c>
       <c r="E165" t="s">
         <v>204</v>
       </c>
       <c r="F165" t="s">
         <v>135</v>
       </c>
       <c r="G165" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H165"/>
       <c r="I165">
         <v>929</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>53592</v>
+        <v>55881</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>202</v>
       </c>
       <c r="D166" t="s">
         <v>203</v>
       </c>
       <c r="E166" t="s">
         <v>204</v>
       </c>
       <c r="F166" t="s">
         <v>135</v>
       </c>
       <c r="G166" t="s">
         <v>26</v>
       </c>
       <c r="H166"/>
       <c r="I166">
         <v>929</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>49040</v>
+        <v>48999</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>202</v>
       </c>
       <c r="D167" t="s">
         <v>203</v>
       </c>
       <c r="E167" t="s">
         <v>204</v>
       </c>
       <c r="F167" t="s">
         <v>135</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167"/>
       <c r="I167">
         <v>929</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>53578</v>
+        <v>49009</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>202</v>
       </c>
       <c r="D168" t="s">
         <v>203</v>
       </c>
       <c r="E168" t="s">
         <v>204</v>
       </c>
       <c r="F168" t="s">
         <v>135</v>
       </c>
       <c r="G168" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H168"/>
       <c r="I168">
         <v>929</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>49012</v>
+        <v>58521</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>202</v>
       </c>
       <c r="D169" t="s">
         <v>203</v>
       </c>
       <c r="E169" t="s">
         <v>205</v>
       </c>
       <c r="F169" t="s">
         <v>147</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169"/>
       <c r="I169">
         <v>929</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>49016</v>
+        <v>49012</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>202</v>
       </c>
       <c r="D170" t="s">
         <v>203</v>
       </c>
       <c r="E170" t="s">
         <v>205</v>
       </c>
       <c r="F170" t="s">
         <v>147</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170"/>
       <c r="I170">
         <v>929</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>59131</v>
+        <v>49041</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>202</v>
       </c>
       <c r="D171" t="s">
         <v>203</v>
       </c>
       <c r="E171" t="s">
         <v>205</v>
       </c>
       <c r="F171" t="s">
         <v>147</v>
       </c>
       <c r="G171" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H171"/>
       <c r="I171">
         <v>929</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>58521</v>
+        <v>55594</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>202</v>
       </c>
       <c r="D172" t="s">
         <v>203</v>
       </c>
       <c r="E172" t="s">
         <v>205</v>
       </c>
       <c r="F172" t="s">
         <v>147</v>
       </c>
       <c r="G172" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H172"/>
+        <v>35</v>
+      </c>
+      <c r="H172" t="s">
+        <v>206</v>
+      </c>
       <c r="I172">
         <v>929</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>55594</v>
+        <v>49026</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>202</v>
       </c>
       <c r="D173" t="s">
         <v>203</v>
       </c>
       <c r="E173" t="s">
         <v>205</v>
       </c>
       <c r="F173" t="s">
         <v>147</v>
       </c>
       <c r="G173" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H173"/>
       <c r="I173">
         <v>929</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>60904</v>
+        <v>60353</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>202</v>
       </c>
       <c r="D174" t="s">
         <v>203</v>
       </c>
       <c r="E174" t="s">
         <v>205</v>
       </c>
       <c r="F174" t="s">
         <v>147</v>
       </c>
       <c r="G174" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H174"/>
       <c r="I174">
         <v>929</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>49041</v>
+        <v>60904</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>202</v>
       </c>
       <c r="D175" t="s">
         <v>203</v>
       </c>
       <c r="E175" t="s">
         <v>205</v>
       </c>
       <c r="F175" t="s">
         <v>147</v>
       </c>
       <c r="G175" t="s">
         <v>26</v>
       </c>
-      <c r="H175"/>
+      <c r="H175" t="s">
+        <v>207</v>
+      </c>
       <c r="I175">
         <v>929</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>45233</v>
+        <v>49016</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>202</v>
       </c>
       <c r="D176" t="s">
         <v>203</v>
       </c>
       <c r="E176" t="s">
         <v>205</v>
       </c>
       <c r="F176" t="s">
         <v>147</v>
       </c>
       <c r="G176" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H176"/>
       <c r="I176">
         <v>929</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>60353</v>
+        <v>55597</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>202</v>
       </c>
       <c r="D177" t="s">
         <v>203</v>
       </c>
       <c r="E177" t="s">
         <v>205</v>
       </c>
       <c r="F177" t="s">
         <v>147</v>
       </c>
       <c r="G177" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H177"/>
+        <v>18</v>
+      </c>
+      <c r="H177" t="s">
+        <v>208</v>
+      </c>
       <c r="I177">
         <v>929</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>45225</v>
+        <v>49018</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>202</v>
       </c>
       <c r="D178" t="s">
         <v>203</v>
       </c>
       <c r="E178" t="s">
         <v>205</v>
       </c>
       <c r="F178" t="s">
         <v>147</v>
       </c>
       <c r="G178" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H178"/>
       <c r="I178">
         <v>929</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>49026</v>
+        <v>59131</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>202</v>
       </c>
       <c r="D179" t="s">
         <v>203</v>
       </c>
       <c r="E179" t="s">
         <v>205</v>
       </c>
       <c r="F179" t="s">
         <v>147</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179"/>
       <c r="I179">
         <v>929</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>55597</v>
+        <v>45225</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>202</v>
       </c>
       <c r="D180" t="s">
         <v>203</v>
       </c>
       <c r="E180" t="s">
         <v>205</v>
       </c>
       <c r="F180" t="s">
         <v>147</v>
       </c>
       <c r="G180" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H180"/>
       <c r="I180">
         <v>929</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>49018</v>
+        <v>45233</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>202</v>
       </c>
       <c r="D181" t="s">
         <v>203</v>
       </c>
       <c r="E181" t="s">
         <v>205</v>
       </c>
       <c r="F181" t="s">
         <v>147</v>
       </c>
       <c r="G181" t="s">
         <v>26</v>
       </c>
       <c r="H181"/>
       <c r="I181">
         <v>929</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>49022</v>
+        <v>49008</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>202</v>
       </c>
       <c r="D182" t="s">
         <v>209</v>
       </c>
       <c r="E182" t="s">
         <v>205</v>
       </c>
       <c r="F182" t="s">
         <v>133</v>
       </c>
       <c r="G182" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H182"/>
       <c r="I182">
         <v>929</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>54045</v>
+        <v>49021</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>202</v>
       </c>
       <c r="D183" t="s">
         <v>209</v>
       </c>
       <c r="E183" t="s">
         <v>205</v>
       </c>
       <c r="F183" t="s">
         <v>133</v>
       </c>
       <c r="G183" t="s">
         <v>26</v>
       </c>
       <c r="H183"/>
       <c r="I183">
         <v>929</v>
       </c>
     </row>
     <row r="184" spans="1:9">
@@ -6055,352 +6055,352 @@
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>202</v>
       </c>
       <c r="D184" t="s">
         <v>209</v>
       </c>
       <c r="E184" t="s">
         <v>205</v>
       </c>
       <c r="F184" t="s">
         <v>133</v>
       </c>
       <c r="G184" t="s">
         <v>14</v>
       </c>
       <c r="H184"/>
       <c r="I184">
         <v>929</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>55596</v>
+        <v>54045</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>202</v>
       </c>
       <c r="D185" t="s">
         <v>209</v>
       </c>
       <c r="E185" t="s">
         <v>205</v>
       </c>
       <c r="F185" t="s">
         <v>133</v>
       </c>
       <c r="G185" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H185"/>
       <c r="I185">
         <v>929</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
         <v>55592</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>202</v>
       </c>
       <c r="D186" t="s">
         <v>209</v>
       </c>
       <c r="E186" t="s">
         <v>205</v>
       </c>
       <c r="F186" t="s">
         <v>133</v>
       </c>
       <c r="G186" t="s">
         <v>35</v>
       </c>
       <c r="H186" t="s">
         <v>206</v>
       </c>
       <c r="I186">
         <v>929</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
-        <v>49008</v>
+        <v>49022</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>202</v>
       </c>
       <c r="D187" t="s">
         <v>209</v>
       </c>
       <c r="E187" t="s">
         <v>205</v>
       </c>
       <c r="F187" t="s">
         <v>133</v>
       </c>
       <c r="G187" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H187"/>
       <c r="I187">
         <v>929</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>49021</v>
+        <v>55596</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>202</v>
       </c>
       <c r="D188" t="s">
         <v>209</v>
       </c>
       <c r="E188" t="s">
         <v>205</v>
       </c>
       <c r="F188" t="s">
         <v>133</v>
       </c>
       <c r="G188" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H188"/>
+        <v>18</v>
+      </c>
+      <c r="H188" t="s">
+        <v>208</v>
+      </c>
       <c r="I188">
         <v>929</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
         <v>49007</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>202</v>
       </c>
       <c r="D189" t="s">
         <v>210</v>
       </c>
       <c r="E189" t="s">
         <v>204</v>
       </c>
       <c r="F189" t="s">
         <v>211</v>
       </c>
       <c r="G189" t="s">
         <v>26</v>
       </c>
       <c r="H189"/>
       <c r="I189">
         <v>929</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>49027</v>
+        <v>49019</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>202</v>
       </c>
       <c r="D190" t="s">
         <v>210</v>
       </c>
       <c r="E190" t="s">
         <v>204</v>
       </c>
       <c r="F190" t="s">
         <v>211</v>
       </c>
       <c r="G190" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H190"/>
       <c r="I190">
         <v>929</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>49010</v>
+        <v>57469</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>202</v>
       </c>
       <c r="D191" t="s">
         <v>210</v>
       </c>
       <c r="E191" t="s">
         <v>204</v>
       </c>
       <c r="F191" t="s">
         <v>211</v>
       </c>
       <c r="G191" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H191"/>
       <c r="I191">
         <v>929</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>57714</v>
+        <v>49028</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>202</v>
       </c>
       <c r="D192" t="s">
         <v>210</v>
       </c>
       <c r="E192" t="s">
         <v>204</v>
       </c>
       <c r="F192" t="s">
         <v>211</v>
       </c>
       <c r="G192" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H192"/>
       <c r="I192">
         <v>929</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>49017</v>
+        <v>49027</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>202</v>
       </c>
       <c r="D193" t="s">
         <v>210</v>
       </c>
       <c r="E193" t="s">
         <v>204</v>
       </c>
       <c r="F193" t="s">
         <v>211</v>
       </c>
       <c r="G193" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H193"/>
       <c r="I193">
         <v>929</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>49028</v>
+        <v>49017</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>202</v>
       </c>
       <c r="D194" t="s">
         <v>210</v>
       </c>
       <c r="E194" t="s">
         <v>204</v>
       </c>
       <c r="F194" t="s">
         <v>211</v>
       </c>
       <c r="G194" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H194"/>
       <c r="I194">
         <v>929</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>57469</v>
+        <v>49010</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>202</v>
       </c>
       <c r="D195" t="s">
         <v>210</v>
       </c>
       <c r="E195" t="s">
         <v>204</v>
       </c>
       <c r="F195" t="s">
         <v>211</v>
       </c>
       <c r="G195" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H195"/>
       <c r="I195">
         <v>929</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>49019</v>
+        <v>57714</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>202</v>
       </c>
       <c r="D196" t="s">
         <v>210</v>
       </c>
       <c r="E196" t="s">
         <v>204</v>
       </c>
       <c r="F196" t="s">
         <v>211</v>
       </c>
       <c r="G196" t="s">
         <v>26</v>
       </c>
       <c r="H196"/>
       <c r="I196">
         <v>929</v>
       </c>
     </row>
     <row r="197" spans="1:9">
@@ -6412,455 +6412,455 @@
       </c>
       <c r="C197" t="s">
         <v>202</v>
       </c>
       <c r="D197" t="s">
         <v>212</v>
       </c>
       <c r="E197" t="s">
         <v>205</v>
       </c>
       <c r="F197" t="s">
         <v>133</v>
       </c>
       <c r="G197" t="s">
         <v>26</v>
       </c>
       <c r="H197" t="s">
         <v>213</v>
       </c>
       <c r="I197">
         <v>929</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>55595</v>
+        <v>55599</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>202</v>
       </c>
       <c r="D198" t="s">
         <v>212</v>
       </c>
       <c r="E198" t="s">
         <v>205</v>
       </c>
       <c r="F198" t="s">
         <v>133</v>
       </c>
       <c r="G198" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H198" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I198">
         <v>929</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
         <v>61679</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>202</v>
       </c>
       <c r="D199" t="s">
         <v>212</v>
       </c>
       <c r="E199" t="s">
         <v>205</v>
       </c>
       <c r="F199" t="s">
         <v>133</v>
       </c>
       <c r="G199" t="s">
         <v>35</v>
       </c>
       <c r="H199"/>
       <c r="I199">
         <v>929</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>55599</v>
+        <v>55595</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>202</v>
       </c>
       <c r="D200" t="s">
         <v>212</v>
       </c>
       <c r="E200" t="s">
         <v>205</v>
       </c>
       <c r="F200" t="s">
         <v>133</v>
       </c>
       <c r="G200" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H200" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="I200">
         <v>929</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>50386</v>
+        <v>57089</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>202</v>
       </c>
       <c r="D201" t="s">
         <v>214</v>
       </c>
       <c r="E201" t="s">
         <v>205</v>
       </c>
       <c r="F201" t="s">
         <v>215</v>
       </c>
       <c r="G201" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H201"/>
       <c r="I201">
         <v>929</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>50363</v>
+        <v>50386</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>202</v>
       </c>
       <c r="D202" t="s">
         <v>214</v>
       </c>
       <c r="E202" t="s">
         <v>205</v>
       </c>
       <c r="F202" t="s">
         <v>215</v>
       </c>
       <c r="G202" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H202"/>
       <c r="I202">
         <v>929</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>55593</v>
+        <v>55598</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>202</v>
       </c>
       <c r="D203" t="s">
         <v>214</v>
       </c>
       <c r="E203" t="s">
         <v>205</v>
       </c>
       <c r="F203" t="s">
         <v>215</v>
       </c>
       <c r="G203" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H203" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I203">
         <v>929</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>55432</v>
+        <v>56723</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>202</v>
       </c>
       <c r="D204" t="s">
         <v>214</v>
       </c>
       <c r="E204" t="s">
         <v>205</v>
       </c>
       <c r="F204" t="s">
         <v>215</v>
       </c>
       <c r="G204" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H204"/>
       <c r="I204">
         <v>929</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>57089</v>
+        <v>55431</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>202</v>
       </c>
       <c r="D205" t="s">
         <v>214</v>
       </c>
       <c r="E205" t="s">
         <v>205</v>
       </c>
       <c r="F205" t="s">
         <v>215</v>
       </c>
       <c r="G205" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H205"/>
       <c r="I205">
         <v>929</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
-        <v>55598</v>
+        <v>55432</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>202</v>
       </c>
       <c r="D206" t="s">
         <v>214</v>
       </c>
       <c r="E206" t="s">
         <v>205</v>
       </c>
       <c r="F206" t="s">
         <v>215</v>
       </c>
       <c r="G206" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H206"/>
       <c r="I206">
         <v>929</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>55431</v>
+        <v>55593</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>202</v>
       </c>
       <c r="D207" t="s">
         <v>214</v>
       </c>
       <c r="E207" t="s">
         <v>205</v>
       </c>
       <c r="F207" t="s">
         <v>215</v>
       </c>
       <c r="G207" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H207"/>
+        <v>35</v>
+      </c>
+      <c r="H207" t="s">
+        <v>206</v>
+      </c>
       <c r="I207">
         <v>929</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>56723</v>
+        <v>50363</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>202</v>
       </c>
       <c r="D208" t="s">
         <v>214</v>
       </c>
       <c r="E208" t="s">
         <v>205</v>
       </c>
       <c r="F208" t="s">
         <v>215</v>
       </c>
       <c r="G208" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H208"/>
       <c r="I208">
         <v>929</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
         <v>49515</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>202</v>
       </c>
       <c r="D209" t="s">
         <v>216</v>
       </c>
       <c r="E209" t="s">
         <v>217</v>
       </c>
       <c r="F209" t="s">
         <v>218</v>
       </c>
       <c r="G209" t="s">
         <v>26</v>
       </c>
       <c r="H209"/>
       <c r="I209">
         <v>929</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>60149</v>
+        <v>60150</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>202</v>
       </c>
       <c r="D210" t="s">
         <v>216</v>
       </c>
       <c r="E210" t="s">
         <v>219</v>
       </c>
       <c r="F210" t="s">
         <v>175</v>
       </c>
       <c r="G210" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H210"/>
       <c r="I210">
         <v>929</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>60151</v>
+        <v>60149</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>202</v>
       </c>
       <c r="D211" t="s">
         <v>216</v>
       </c>
       <c r="E211" t="s">
         <v>219</v>
       </c>
       <c r="F211" t="s">
         <v>175</v>
       </c>
       <c r="G211" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H211"/>
       <c r="I211">
         <v>929</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>60150</v>
+        <v>60151</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>202</v>
       </c>
       <c r="D212" t="s">
         <v>216</v>
       </c>
       <c r="E212" t="s">
         <v>219</v>
       </c>
       <c r="F212" t="s">
         <v>175</v>
       </c>
       <c r="G212" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H212"/>
       <c r="I212">
         <v>929</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>