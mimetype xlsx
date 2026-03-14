--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -632,57 +632,57 @@
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
+    <t>82720-EG000</t>
+  </si>
+  <si>
+    <t>новый, оригинал, 80721-1CA0C, в наличии 9 шт.</t>
+  </si>
+  <si>
     <t>новый, оригинал, 80720-1CA0C, в наличии 6 шт.</t>
-  </si>
-[...4 lines deleted...]
-    <t>новый, оригинал, 80721-1CA0C, в наличии 9 шт.</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t>82730-1BN0A</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
@@ -1030,51 +1030,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I212"/>
+  <dimension ref="A1:I213"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1102,5769 +1102,5796 @@
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>48967</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>48953</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>49234</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>48954</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>48919</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>48978</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>49047</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8" t="s">
         <v>36</v>
       </c>
       <c r="I8">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>48986</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>48927</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>42</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>18</v>
       </c>
       <c r="H10">
         <v>300</v>
       </c>
       <c r="I10">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>48940</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>40</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>52077</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>46</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>48969</v>
+        <v>48944</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13" t="s">
         <v>51</v>
       </c>
       <c r="G13" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>48944</v>
+        <v>48969</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>49</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14" t="s">
         <v>51</v>
       </c>
       <c r="G14" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>48929</v>
+        <v>49044</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>52</v>
       </c>
       <c r="E15" t="s">
         <v>53</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>49044</v>
+        <v>48929</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>53</v>
       </c>
       <c r="F16" t="s">
         <v>40</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>48921</v>
+        <v>48977</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>56</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>48936</v>
+        <v>48921</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>37</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>48977</v>
+        <v>48936</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>37</v>
       </c>
       <c r="D19" t="s">
         <v>54</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19" t="s">
         <v>26</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>49076</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>37</v>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>58</v>
       </c>
       <c r="G20" t="s">
         <v>26</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>48952</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>37</v>
       </c>
       <c r="D21" t="s">
         <v>59</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>61</v>
       </c>
       <c r="G21" t="s">
         <v>26</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>48955</v>
+        <v>48915</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>37</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
       <c r="E22" t="s">
         <v>63</v>
       </c>
       <c r="F22" t="s">
         <v>64</v>
       </c>
       <c r="G22" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>48915</v>
+        <v>48955</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>64</v>
       </c>
       <c r="G23" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>48946</v>
+        <v>48938</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>40</v>
       </c>
       <c r="G24" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>49167</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
       <c r="D25" t="s">
         <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>40</v>
       </c>
       <c r="G25" t="s">
         <v>26</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>48938</v>
+        <v>48946</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>37</v>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>40</v>
       </c>
       <c r="G26" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>48974</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27" t="s">
         <v>68</v>
       </c>
       <c r="E27" t="s">
         <v>69</v>
       </c>
       <c r="F27" t="s">
         <v>70</v>
       </c>
       <c r="G27" t="s">
         <v>26</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>49050</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>67</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>73</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>49048</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>67</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>73</v>
       </c>
       <c r="G29" t="s">
         <v>26</v>
       </c>
       <c r="H29" t="s">
         <v>74</v>
       </c>
       <c r="I29">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>48981</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>77</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>48993</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>67</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>77</v>
       </c>
       <c r="G31" t="s">
         <v>18</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>49046</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>81</v>
       </c>
       <c r="G32" t="s">
         <v>26</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>49079</v>
+        <v>49049</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
       <c r="E33" t="s">
         <v>83</v>
       </c>
       <c r="F33" t="s">
         <v>84</v>
       </c>
       <c r="G33" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H33"/>
       <c r="I33">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>49049</v>
+        <v>49079</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>78</v>
       </c>
       <c r="D34" t="s">
         <v>82</v>
       </c>
       <c r="E34" t="s">
         <v>83</v>
       </c>
       <c r="F34" t="s">
         <v>84</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H34"/>
       <c r="I34">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>53371</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35" t="s">
         <v>86</v>
       </c>
       <c r="E35" t="s">
         <v>87</v>
       </c>
       <c r="F35" t="s">
         <v>88</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>48935</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>85</v>
       </c>
       <c r="D36" t="s">
         <v>86</v>
       </c>
       <c r="E36" t="s">
         <v>89</v>
       </c>
       <c r="F36" t="s">
         <v>90</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>49090</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>85</v>
       </c>
       <c r="D37" t="s">
         <v>91</v>
       </c>
       <c r="E37" t="s">
         <v>92</v>
       </c>
       <c r="F37" t="s">
         <v>93</v>
       </c>
       <c r="G37" t="s">
         <v>26</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>48914</v>
+        <v>48932</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>94</v>
       </c>
       <c r="E38" t="s">
         <v>95</v>
       </c>
       <c r="F38" t="s">
         <v>93</v>
       </c>
       <c r="G38" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>48932</v>
+        <v>48914</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39" t="s">
         <v>94</v>
       </c>
       <c r="E39" t="s">
         <v>95</v>
       </c>
       <c r="F39" t="s">
         <v>93</v>
       </c>
       <c r="G39" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>53346</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>85</v>
       </c>
       <c r="D40" t="s">
         <v>96</v>
       </c>
       <c r="E40" t="s">
         <v>97</v>
       </c>
       <c r="F40" t="s">
         <v>98</v>
       </c>
       <c r="G40" t="s">
         <v>35</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>53345</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>85</v>
       </c>
       <c r="D41" t="s">
         <v>96</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>98</v>
       </c>
       <c r="G41" t="s">
         <v>18</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>48926</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>99</v>
       </c>
       <c r="D42" t="s">
         <v>100</v>
       </c>
       <c r="E42" t="s">
         <v>101</v>
       </c>
       <c r="F42" t="s">
         <v>102</v>
       </c>
       <c r="G42" t="s">
         <v>35</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>49043</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>99</v>
       </c>
       <c r="D43" t="s">
         <v>103</v>
       </c>
       <c r="E43" t="s">
         <v>104</v>
       </c>
       <c r="F43" t="s">
         <v>105</v>
       </c>
       <c r="G43" t="s">
         <v>18</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>48931</v>
+        <v>48988</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>99</v>
       </c>
       <c r="D44" t="s">
         <v>103</v>
       </c>
       <c r="E44" t="s">
         <v>104</v>
       </c>
       <c r="F44" t="s">
         <v>105</v>
       </c>
       <c r="G44" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>49061</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>99</v>
       </c>
       <c r="D45" t="s">
         <v>103</v>
       </c>
       <c r="E45" t="s">
         <v>104</v>
       </c>
       <c r="F45" t="s">
         <v>105</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>49051</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>103</v>
       </c>
       <c r="E46" t="s">
         <v>104</v>
       </c>
       <c r="F46" t="s">
         <v>105</v>
       </c>
       <c r="G46" t="s">
         <v>26</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>48988</v>
+        <v>48931</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>99</v>
       </c>
       <c r="D47" t="s">
         <v>103</v>
       </c>
       <c r="E47" t="s">
         <v>104</v>
       </c>
       <c r="F47" t="s">
         <v>105</v>
       </c>
       <c r="G47" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>48957</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>99</v>
       </c>
       <c r="D48" t="s">
         <v>103</v>
       </c>
       <c r="E48" t="s">
         <v>106</v>
       </c>
       <c r="F48" t="s">
         <v>107</v>
       </c>
       <c r="G48" t="s">
         <v>35</v>
       </c>
       <c r="H48"/>
       <c r="I48">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48934</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>99</v>
       </c>
       <c r="D49" t="s">
         <v>108</v>
       </c>
       <c r="E49" t="s">
         <v>109</v>
       </c>
       <c r="F49" t="s">
         <v>110</v>
       </c>
       <c r="G49" t="s">
         <v>35</v>
       </c>
       <c r="H49" t="s">
         <v>111</v>
       </c>
       <c r="I49">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>48971</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>99</v>
       </c>
       <c r="D50" t="s">
         <v>112</v>
       </c>
       <c r="E50" t="s">
         <v>113</v>
       </c>
       <c r="F50" t="s">
         <v>102</v>
       </c>
       <c r="G50" t="s">
         <v>26</v>
       </c>
       <c r="H50"/>
       <c r="I50">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>49063</v>
+        <v>49065</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>99</v>
       </c>
       <c r="D51" t="s">
         <v>112</v>
       </c>
       <c r="E51" t="s">
         <v>113</v>
       </c>
       <c r="F51" t="s">
         <v>102</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51"/>
       <c r="I51">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>49065</v>
+        <v>49063</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>99</v>
       </c>
       <c r="D52" t="s">
         <v>112</v>
       </c>
       <c r="E52" t="s">
         <v>113</v>
       </c>
       <c r="F52" t="s">
         <v>102</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52"/>
       <c r="I52">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>48917</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>99</v>
       </c>
       <c r="D53" t="s">
         <v>112</v>
       </c>
       <c r="E53" t="s">
         <v>113</v>
       </c>
       <c r="F53" t="s">
         <v>102</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53"/>
       <c r="I53">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>49045</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>99</v>
       </c>
       <c r="D54" t="s">
         <v>112</v>
       </c>
       <c r="E54" t="s">
         <v>114</v>
       </c>
       <c r="F54" t="s">
         <v>102</v>
       </c>
       <c r="G54" t="s">
         <v>26</v>
       </c>
       <c r="H54"/>
       <c r="I54">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>48987</v>
+        <v>48964</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>99</v>
       </c>
       <c r="D55" t="s">
         <v>115</v>
       </c>
       <c r="E55" t="s">
         <v>116</v>
       </c>
       <c r="F55" t="s">
         <v>117</v>
       </c>
       <c r="G55" t="s">
         <v>35</v>
       </c>
       <c r="H55"/>
       <c r="I55">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>48925</v>
+        <v>48979</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>99</v>
       </c>
       <c r="D56" t="s">
         <v>115</v>
       </c>
       <c r="E56" t="s">
         <v>116</v>
       </c>
       <c r="F56" t="s">
         <v>117</v>
       </c>
       <c r="G56" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H56"/>
       <c r="I56">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>48979</v>
+        <v>48992</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>99</v>
       </c>
       <c r="D57" t="s">
         <v>115</v>
       </c>
       <c r="E57" t="s">
         <v>116</v>
       </c>
       <c r="F57" t="s">
         <v>117</v>
       </c>
       <c r="G57" t="s">
         <v>18</v>
       </c>
       <c r="H57"/>
       <c r="I57">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>48968</v>
+        <v>48925</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>99</v>
       </c>
       <c r="D58" t="s">
         <v>115</v>
       </c>
       <c r="E58" t="s">
         <v>116</v>
       </c>
       <c r="F58" t="s">
         <v>117</v>
       </c>
       <c r="G58" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H58"/>
       <c r="I58">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>48992</v>
+        <v>48948</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>99</v>
       </c>
       <c r="D59" t="s">
         <v>115</v>
       </c>
       <c r="E59" t="s">
         <v>116</v>
       </c>
       <c r="F59" t="s">
         <v>117</v>
       </c>
       <c r="G59" t="s">
         <v>18</v>
       </c>
       <c r="H59"/>
       <c r="I59">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>48964</v>
+        <v>48991</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>99</v>
       </c>
       <c r="D60" t="s">
         <v>115</v>
       </c>
       <c r="E60" t="s">
         <v>116</v>
       </c>
       <c r="F60" t="s">
         <v>117</v>
       </c>
       <c r="G60" t="s">
         <v>35</v>
       </c>
       <c r="H60"/>
       <c r="I60">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>48959</v>
+        <v>48987</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>99</v>
       </c>
       <c r="D61" t="s">
         <v>115</v>
       </c>
       <c r="E61" t="s">
         <v>116</v>
       </c>
       <c r="F61" t="s">
         <v>117</v>
       </c>
       <c r="G61" t="s">
         <v>35</v>
       </c>
       <c r="H61"/>
       <c r="I61">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>48942</v>
+        <v>48973</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>99</v>
       </c>
       <c r="D62" t="s">
         <v>115</v>
       </c>
       <c r="E62" t="s">
         <v>116</v>
       </c>
       <c r="F62" t="s">
         <v>117</v>
       </c>
       <c r="G62" t="s">
         <v>35</v>
       </c>
       <c r="H62"/>
       <c r="I62">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>48948</v>
+        <v>48942</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>99</v>
       </c>
       <c r="D63" t="s">
         <v>115</v>
       </c>
       <c r="E63" t="s">
         <v>116</v>
       </c>
       <c r="F63" t="s">
         <v>117</v>
       </c>
       <c r="G63" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H63"/>
       <c r="I63">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>48939</v>
+        <v>48968</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>99</v>
       </c>
       <c r="D64" t="s">
         <v>115</v>
       </c>
       <c r="E64" t="s">
         <v>116</v>
       </c>
       <c r="F64" t="s">
         <v>117</v>
       </c>
       <c r="G64" t="s">
         <v>18</v>
       </c>
       <c r="H64"/>
       <c r="I64">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>48913</v>
+        <v>48959</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>99</v>
       </c>
       <c r="D65" t="s">
         <v>115</v>
       </c>
       <c r="E65" t="s">
         <v>116</v>
       </c>
       <c r="F65" t="s">
         <v>117</v>
       </c>
       <c r="G65" t="s">
         <v>35</v>
       </c>
       <c r="H65"/>
       <c r="I65">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>48991</v>
+        <v>48939</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>99</v>
       </c>
       <c r="D66" t="s">
         <v>115</v>
       </c>
       <c r="E66" t="s">
         <v>116</v>
       </c>
       <c r="F66" t="s">
         <v>117</v>
       </c>
       <c r="G66" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H66"/>
       <c r="I66">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>48973</v>
+        <v>48913</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>99</v>
       </c>
       <c r="D67" t="s">
         <v>115</v>
       </c>
       <c r="E67" t="s">
         <v>116</v>
       </c>
       <c r="F67" t="s">
         <v>117</v>
       </c>
       <c r="G67" t="s">
         <v>35</v>
       </c>
       <c r="H67"/>
       <c r="I67">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>49075</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>118</v>
       </c>
       <c r="D68" t="s">
         <v>119</v>
       </c>
       <c r="E68" t="s">
         <v>120</v>
       </c>
       <c r="F68" t="s">
         <v>121</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>36</v>
       </c>
       <c r="I68">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>49067</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>118</v>
       </c>
       <c r="D69" t="s">
         <v>122</v>
       </c>
       <c r="E69" t="s">
         <v>123</v>
       </c>
       <c r="F69" t="s">
         <v>124</v>
       </c>
       <c r="G69" t="s">
         <v>26</v>
       </c>
       <c r="H69"/>
       <c r="I69">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>49176</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>118</v>
       </c>
       <c r="D70" t="s">
         <v>125</v>
       </c>
       <c r="E70" t="s">
         <v>126</v>
       </c>
       <c r="F70" t="s">
         <v>127</v>
       </c>
       <c r="G70" t="s">
         <v>26</v>
       </c>
       <c r="H70"/>
       <c r="I70">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>49226</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>118</v>
       </c>
       <c r="D71" t="s">
         <v>128</v>
       </c>
       <c r="E71" t="s">
         <v>129</v>
       </c>
       <c r="F71" t="s">
         <v>130</v>
       </c>
       <c r="G71" t="s">
         <v>26</v>
       </c>
       <c r="H71"/>
       <c r="I71">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>52236</v>
+        <v>52643</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>118</v>
       </c>
       <c r="D72" t="s">
         <v>131</v>
       </c>
       <c r="E72" t="s">
         <v>132</v>
       </c>
       <c r="F72" t="s">
         <v>133</v>
       </c>
       <c r="G72" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H72"/>
       <c r="I72">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>52643</v>
+        <v>52236</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>118</v>
       </c>
       <c r="D73" t="s">
         <v>131</v>
       </c>
       <c r="E73" t="s">
         <v>132</v>
       </c>
       <c r="F73" t="s">
         <v>133</v>
       </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H73"/>
       <c r="I73">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>60491</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>118</v>
       </c>
       <c r="D74" t="s">
         <v>131</v>
       </c>
       <c r="E74" t="s">
         <v>134</v>
       </c>
       <c r="F74" t="s">
         <v>135</v>
       </c>
       <c r="G74" t="s">
         <v>26</v>
       </c>
       <c r="H74"/>
       <c r="I74">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>48945</v>
+        <v>49078</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>118</v>
       </c>
       <c r="D75" t="s">
         <v>136</v>
       </c>
       <c r="E75" t="s">
         <v>137</v>
       </c>
       <c r="F75" t="s">
         <v>138</v>
       </c>
       <c r="G75" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H75"/>
       <c r="I75">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>49078</v>
+        <v>48918</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>118</v>
       </c>
       <c r="D76" t="s">
         <v>136</v>
       </c>
       <c r="E76" t="s">
         <v>137</v>
       </c>
       <c r="F76" t="s">
         <v>138</v>
       </c>
       <c r="G76" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H76"/>
       <c r="I76">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>48918</v>
+        <v>48945</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>118</v>
       </c>
       <c r="D77" t="s">
         <v>136</v>
       </c>
       <c r="E77" t="s">
         <v>137</v>
       </c>
       <c r="F77" t="s">
         <v>138</v>
       </c>
       <c r="G77" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H77"/>
       <c r="I77">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>49072</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>118</v>
       </c>
       <c r="D78" t="s">
         <v>139</v>
       </c>
       <c r="E78" t="s">
         <v>140</v>
       </c>
       <c r="F78" t="s">
         <v>141</v>
       </c>
       <c r="G78" t="s">
         <v>26</v>
       </c>
       <c r="H78"/>
       <c r="I78">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>49062</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>118</v>
       </c>
       <c r="D79" t="s">
         <v>142</v>
       </c>
       <c r="E79" t="s">
         <v>143</v>
       </c>
       <c r="F79" t="s">
         <v>144</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79"/>
       <c r="I79">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>48943</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>118</v>
       </c>
       <c r="D80" t="s">
         <v>142</v>
       </c>
       <c r="E80" t="s">
         <v>143</v>
       </c>
       <c r="F80" t="s">
         <v>144</v>
       </c>
       <c r="G80" t="s">
         <v>26</v>
       </c>
       <c r="H80"/>
       <c r="I80">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>49080</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>118</v>
       </c>
       <c r="D81" t="s">
         <v>142</v>
       </c>
       <c r="E81" t="s">
         <v>143</v>
       </c>
       <c r="F81" t="s">
         <v>144</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81"/>
       <c r="I81">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>49231</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>118</v>
       </c>
       <c r="D82" t="s">
         <v>145</v>
       </c>
       <c r="E82" t="s">
         <v>146</v>
       </c>
       <c r="F82" t="s">
         <v>147</v>
       </c>
       <c r="G82" t="s">
         <v>35</v>
       </c>
       <c r="H82"/>
       <c r="I82">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>49230</v>
+        <v>49222</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
       <c r="D83" t="s">
         <v>145</v>
       </c>
       <c r="E83" t="s">
         <v>146</v>
       </c>
       <c r="F83" t="s">
         <v>147</v>
       </c>
       <c r="G83" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H83"/>
       <c r="I83">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>49229</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
         <v>145</v>
       </c>
       <c r="E84" t="s">
         <v>146</v>
       </c>
       <c r="F84" t="s">
         <v>147</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84"/>
       <c r="I84">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>49222</v>
+        <v>49230</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>118</v>
       </c>
       <c r="D85" t="s">
         <v>145</v>
       </c>
       <c r="E85" t="s">
         <v>146</v>
       </c>
       <c r="F85" t="s">
         <v>147</v>
       </c>
       <c r="G85" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H85"/>
       <c r="I85">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>57762</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>118</v>
       </c>
       <c r="D86" t="s">
         <v>145</v>
       </c>
       <c r="E86" t="s">
         <v>148</v>
       </c>
       <c r="F86" t="s">
         <v>149</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86"/>
       <c r="I86">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>57776</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>118</v>
       </c>
       <c r="D87" t="s">
         <v>145</v>
       </c>
       <c r="E87" t="s">
         <v>148</v>
       </c>
       <c r="F87" t="s">
         <v>149</v>
       </c>
       <c r="G87" t="s">
         <v>26</v>
       </c>
       <c r="H87"/>
       <c r="I87">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>57774</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>118</v>
       </c>
       <c r="D88" t="s">
         <v>145</v>
       </c>
       <c r="E88" t="s">
         <v>148</v>
       </c>
       <c r="F88" t="s">
         <v>149</v>
       </c>
       <c r="G88" t="s">
         <v>35</v>
       </c>
       <c r="H88" t="s">
         <v>150</v>
       </c>
       <c r="I88">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>52304</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>145</v>
       </c>
       <c r="E89" t="s">
         <v>151</v>
       </c>
       <c r="F89" t="s">
         <v>135</v>
       </c>
       <c r="G89" t="s">
         <v>152</v>
       </c>
       <c r="H89" t="s">
         <v>153</v>
       </c>
       <c r="I89">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>49163</v>
+        <v>49172</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>118</v>
       </c>
       <c r="D90" t="s">
         <v>145</v>
       </c>
       <c r="E90" t="s">
         <v>154</v>
       </c>
       <c r="F90" t="s">
         <v>135</v>
       </c>
       <c r="G90" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H90"/>
       <c r="I90">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>49173</v>
+        <v>49163</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>118</v>
       </c>
       <c r="D91" t="s">
         <v>145</v>
       </c>
       <c r="E91" t="s">
         <v>154</v>
       </c>
       <c r="F91" t="s">
         <v>135</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91"/>
       <c r="I91">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>49172</v>
+        <v>49166</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>118</v>
       </c>
       <c r="D92" t="s">
         <v>145</v>
       </c>
       <c r="E92" t="s">
         <v>154</v>
       </c>
       <c r="F92" t="s">
         <v>135</v>
       </c>
       <c r="G92" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H92"/>
       <c r="I92">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>49068</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>118</v>
       </c>
       <c r="D93" t="s">
         <v>145</v>
       </c>
       <c r="E93" t="s">
         <v>154</v>
       </c>
       <c r="F93" t="s">
         <v>135</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93"/>
       <c r="I93">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>49162</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>118</v>
       </c>
       <c r="D94" t="s">
         <v>145</v>
       </c>
       <c r="E94" t="s">
         <v>154</v>
       </c>
       <c r="F94" t="s">
         <v>135</v>
       </c>
       <c r="G94" t="s">
         <v>26</v>
       </c>
       <c r="H94"/>
       <c r="I94">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>49166</v>
+        <v>49173</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>118</v>
       </c>
       <c r="D95" t="s">
         <v>145</v>
       </c>
       <c r="E95" t="s">
         <v>154</v>
       </c>
       <c r="F95" t="s">
         <v>135</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95"/>
       <c r="I95">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>60999</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>118</v>
       </c>
       <c r="D96" t="s">
         <v>145</v>
       </c>
       <c r="E96" t="s">
         <v>155</v>
       </c>
       <c r="F96" t="s">
         <v>156</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>157</v>
       </c>
       <c r="I96">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>60984</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>118</v>
       </c>
       <c r="D97" t="s">
         <v>145</v>
       </c>
       <c r="E97" t="s">
         <v>155</v>
       </c>
       <c r="F97" t="s">
         <v>156</v>
       </c>
       <c r="G97" t="s">
         <v>26</v>
       </c>
       <c r="H97" t="s">
         <v>158</v>
       </c>
       <c r="I97">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>56251</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>118</v>
       </c>
       <c r="D98" t="s">
         <v>145</v>
       </c>
       <c r="E98" t="s">
         <v>159</v>
       </c>
       <c r="F98" t="s">
         <v>160</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98"/>
       <c r="I98">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>56307</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>118</v>
       </c>
       <c r="D99" t="s">
         <v>145</v>
       </c>
       <c r="E99" t="s">
         <v>159</v>
       </c>
       <c r="F99" t="s">
         <v>160</v>
       </c>
       <c r="G99" t="s">
         <v>26</v>
       </c>
       <c r="H99"/>
       <c r="I99">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>48972</v>
+        <v>49177</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>118</v>
       </c>
       <c r="D100" t="s">
         <v>161</v>
       </c>
       <c r="E100" t="s">
         <v>162</v>
       </c>
       <c r="F100" t="s">
         <v>135</v>
       </c>
       <c r="G100" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>51747</v>
+        <v>48950</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>118</v>
       </c>
       <c r="D101" t="s">
         <v>161</v>
       </c>
       <c r="E101" t="s">
         <v>162</v>
       </c>
       <c r="F101" t="s">
         <v>135</v>
       </c>
       <c r="G101" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H101"/>
       <c r="I101">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>48947</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>118</v>
       </c>
       <c r="D102" t="s">
         <v>161</v>
       </c>
       <c r="E102" t="s">
         <v>162</v>
       </c>
       <c r="F102" t="s">
         <v>135</v>
       </c>
       <c r="G102" t="s">
         <v>26</v>
       </c>
       <c r="H102"/>
       <c r="I102">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>48950</v>
+        <v>48970</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>118</v>
       </c>
       <c r="D103" t="s">
         <v>161</v>
       </c>
       <c r="E103" t="s">
         <v>162</v>
       </c>
       <c r="F103" t="s">
         <v>135</v>
       </c>
       <c r="G103" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H103"/>
       <c r="I103">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>49089</v>
+        <v>48972</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>118</v>
       </c>
       <c r="D104" t="s">
         <v>161</v>
       </c>
       <c r="E104" t="s">
         <v>162</v>
       </c>
       <c r="F104" t="s">
         <v>135</v>
       </c>
       <c r="G104" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H104"/>
       <c r="I104">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>51717</v>
+        <v>51747</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>118</v>
       </c>
       <c r="D105" t="s">
         <v>161</v>
       </c>
       <c r="E105" t="s">
         <v>162</v>
       </c>
       <c r="F105" t="s">
         <v>135</v>
       </c>
       <c r="G105" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H105"/>
       <c r="I105">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>49177</v>
+        <v>51717</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>118</v>
       </c>
       <c r="D106" t="s">
         <v>161</v>
       </c>
       <c r="E106" t="s">
         <v>162</v>
       </c>
       <c r="F106" t="s">
         <v>135</v>
       </c>
       <c r="G106" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H106"/>
       <c r="I106">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>48924</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>118</v>
       </c>
       <c r="D107" t="s">
         <v>161</v>
       </c>
       <c r="E107" t="s">
         <v>162</v>
       </c>
       <c r="F107" t="s">
         <v>135</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107"/>
       <c r="I107">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>48970</v>
+        <v>49089</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>118</v>
       </c>
       <c r="D108" t="s">
         <v>161</v>
       </c>
       <c r="E108" t="s">
         <v>162</v>
       </c>
       <c r="F108" t="s">
         <v>135</v>
       </c>
       <c r="G108" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H108"/>
       <c r="I108">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>49175</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>118</v>
       </c>
       <c r="D109" t="s">
         <v>163</v>
       </c>
       <c r="E109" t="s">
         <v>164</v>
       </c>
       <c r="F109" t="s">
         <v>121</v>
       </c>
       <c r="G109" t="s">
         <v>18</v>
       </c>
       <c r="H109"/>
       <c r="I109">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>49170</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>118</v>
       </c>
       <c r="D110" t="s">
         <v>165</v>
       </c>
       <c r="E110" t="s">
         <v>166</v>
       </c>
       <c r="F110" t="s">
         <v>138</v>
       </c>
       <c r="G110" t="s">
         <v>26</v>
       </c>
       <c r="H110"/>
       <c r="I110">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>49086</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>118</v>
       </c>
       <c r="D111" t="s">
         <v>167</v>
       </c>
       <c r="E111" t="s">
         <v>168</v>
       </c>
       <c r="F111" t="s">
         <v>169</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111"/>
       <c r="I111">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>49053</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>118</v>
       </c>
       <c r="D112" t="s">
         <v>167</v>
       </c>
       <c r="E112" t="s">
         <v>170</v>
       </c>
       <c r="F112" t="s">
         <v>144</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112"/>
       <c r="I112">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>48976</v>
+        <v>48922</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>118</v>
       </c>
       <c r="D113" t="s">
         <v>171</v>
       </c>
       <c r="E113" t="s">
         <v>172</v>
       </c>
       <c r="F113" t="s">
         <v>141</v>
       </c>
       <c r="G113" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H113"/>
       <c r="I113">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>48922</v>
+        <v>48976</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>118</v>
       </c>
       <c r="D114" t="s">
         <v>171</v>
       </c>
       <c r="E114" t="s">
         <v>172</v>
       </c>
       <c r="F114" t="s">
         <v>141</v>
       </c>
       <c r="G114" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H114"/>
+        <v>14</v>
+      </c>
+      <c r="H114" t="s">
+        <v>36</v>
+      </c>
       <c r="I114">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>59986</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>118</v>
       </c>
       <c r="D115" t="s">
         <v>173</v>
       </c>
       <c r="E115" t="s">
         <v>174</v>
       </c>
       <c r="F115" t="s">
         <v>175</v>
       </c>
       <c r="G115" t="s">
         <v>26</v>
       </c>
       <c r="H115" t="s">
         <v>176</v>
       </c>
       <c r="I115">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>60084</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>118</v>
       </c>
       <c r="D116" t="s">
         <v>173</v>
       </c>
       <c r="E116" t="s">
         <v>174</v>
       </c>
       <c r="F116" t="s">
         <v>175</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
         <v>177</v>
       </c>
       <c r="I116">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>48904</v>
+        <v>48890</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>178</v>
       </c>
       <c r="D117" t="s">
         <v>179</v>
       </c>
       <c r="E117" t="s">
         <v>180</v>
       </c>
       <c r="F117" t="s">
         <v>181</v>
       </c>
       <c r="G117" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H117"/>
       <c r="I117">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>48895</v>
+        <v>48904</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>178</v>
       </c>
       <c r="D118" t="s">
         <v>179</v>
       </c>
       <c r="E118" t="s">
         <v>180</v>
       </c>
       <c r="F118" t="s">
         <v>181</v>
       </c>
       <c r="G118" t="s">
         <v>18</v>
       </c>
       <c r="H118"/>
       <c r="I118">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>48901</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>178</v>
       </c>
       <c r="D119" t="s">
         <v>179</v>
       </c>
       <c r="E119" t="s">
         <v>180</v>
       </c>
       <c r="F119" t="s">
         <v>181</v>
       </c>
       <c r="G119" t="s">
         <v>35</v>
       </c>
       <c r="H119"/>
       <c r="I119">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>48890</v>
+        <v>48896</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>178</v>
       </c>
       <c r="D120" t="s">
         <v>179</v>
       </c>
       <c r="E120" t="s">
         <v>180</v>
       </c>
       <c r="F120" t="s">
         <v>181</v>
       </c>
       <c r="G120" t="s">
         <v>35</v>
       </c>
       <c r="H120"/>
       <c r="I120">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>48896</v>
+        <v>48895</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>178</v>
       </c>
       <c r="D121" t="s">
         <v>179</v>
       </c>
       <c r="E121" t="s">
         <v>180</v>
       </c>
       <c r="F121" t="s">
         <v>181</v>
       </c>
       <c r="G121" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H121"/>
       <c r="I121">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
         <v>48902</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>178</v>
       </c>
       <c r="D122" t="s">
         <v>179</v>
       </c>
       <c r="E122" t="s">
         <v>182</v>
       </c>
       <c r="F122" t="s">
         <v>183</v>
       </c>
       <c r="G122" t="s">
         <v>18</v>
       </c>
       <c r="H122"/>
       <c r="I122">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
         <v>48905</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>178</v>
       </c>
       <c r="D123" t="s">
         <v>179</v>
       </c>
       <c r="E123" t="s">
         <v>182</v>
       </c>
       <c r="F123" t="s">
         <v>183</v>
       </c>
       <c r="G123" t="s">
         <v>35</v>
       </c>
       <c r="H123"/>
       <c r="I123">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>48930</v>
+        <v>48891</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>178</v>
       </c>
       <c r="D124" t="s">
         <v>179</v>
       </c>
       <c r="E124" t="s">
         <v>182</v>
       </c>
       <c r="F124" t="s">
         <v>183</v>
       </c>
       <c r="G124" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H124"/>
       <c r="I124">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>48891</v>
+        <v>48892</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>178</v>
       </c>
       <c r="D125" t="s">
         <v>179</v>
       </c>
       <c r="E125" t="s">
         <v>182</v>
       </c>
       <c r="F125" t="s">
         <v>183</v>
       </c>
       <c r="G125" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H125"/>
       <c r="I125">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>48892</v>
+        <v>48893</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>178</v>
       </c>
       <c r="D126" t="s">
         <v>179</v>
       </c>
       <c r="E126" t="s">
         <v>182</v>
       </c>
       <c r="F126" t="s">
         <v>183</v>
       </c>
       <c r="G126" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H126"/>
       <c r="I126">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>48893</v>
+        <v>48894</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>178</v>
       </c>
       <c r="D127" t="s">
         <v>179</v>
       </c>
       <c r="E127" t="s">
         <v>182</v>
       </c>
       <c r="F127" t="s">
         <v>183</v>
       </c>
       <c r="G127" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H127"/>
       <c r="I127">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>48894</v>
+        <v>49056</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>178</v>
       </c>
       <c r="D128" t="s">
         <v>179</v>
       </c>
       <c r="E128" t="s">
         <v>182</v>
       </c>
       <c r="F128" t="s">
         <v>183</v>
       </c>
       <c r="G128" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H128"/>
       <c r="I128">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>49056</v>
+        <v>48930</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>178</v>
       </c>
       <c r="D129" t="s">
         <v>179</v>
       </c>
       <c r="E129" t="s">
         <v>182</v>
       </c>
       <c r="F129" t="s">
         <v>183</v>
       </c>
       <c r="G129" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H129"/>
       <c r="I129">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
         <v>48903</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>178</v>
       </c>
       <c r="D130" t="s">
         <v>179</v>
       </c>
       <c r="E130" t="s">
         <v>182</v>
       </c>
       <c r="F130" t="s">
         <v>183</v>
       </c>
       <c r="G130" t="s">
         <v>35</v>
       </c>
       <c r="H130"/>
       <c r="I130">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>48897</v>
+        <v>48898</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>178</v>
       </c>
       <c r="D131" t="s">
         <v>179</v>
       </c>
       <c r="E131" t="s">
         <v>184</v>
       </c>
       <c r="F131" t="s">
         <v>185</v>
       </c>
       <c r="G131" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H131"/>
       <c r="I131">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>48898</v>
+        <v>48897</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>178</v>
       </c>
       <c r="D132" t="s">
         <v>179</v>
       </c>
       <c r="E132" t="s">
         <v>184</v>
       </c>
       <c r="F132" t="s">
         <v>185</v>
       </c>
       <c r="G132" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H132"/>
       <c r="I132">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
         <v>48899</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>178</v>
       </c>
       <c r="D133" t="s">
         <v>179</v>
       </c>
       <c r="E133" t="s">
         <v>184</v>
       </c>
       <c r="F133" t="s">
         <v>185</v>
       </c>
       <c r="G133" t="s">
         <v>35</v>
       </c>
       <c r="H133"/>
       <c r="I133">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
         <v>49233</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>178</v>
       </c>
       <c r="D134" t="s">
         <v>186</v>
       </c>
       <c r="E134" t="s">
         <v>182</v>
       </c>
       <c r="F134" t="s">
         <v>183</v>
       </c>
       <c r="G134" t="s">
         <v>26</v>
       </c>
       <c r="H134"/>
       <c r="I134">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
         <v>49232</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>178</v>
       </c>
       <c r="D135" t="s">
         <v>186</v>
       </c>
       <c r="E135" t="s">
         <v>182</v>
       </c>
       <c r="F135" t="s">
         <v>183</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135"/>
       <c r="I135">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
         <v>48900</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>178</v>
       </c>
       <c r="D136" t="s">
         <v>186</v>
       </c>
       <c r="E136" t="s">
         <v>182</v>
       </c>
       <c r="F136" t="s">
         <v>183</v>
       </c>
       <c r="G136" t="s">
         <v>18</v>
       </c>
       <c r="H136"/>
       <c r="I136">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>54677</v>
+        <v>54676</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>178</v>
       </c>
       <c r="D137" t="s">
         <v>187</v>
       </c>
       <c r="E137" t="s">
         <v>188</v>
       </c>
       <c r="F137" t="s">
         <v>189</v>
       </c>
       <c r="G137" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H137"/>
       <c r="I137">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>54676</v>
+        <v>54677</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>178</v>
       </c>
       <c r="D138" t="s">
         <v>187</v>
       </c>
       <c r="E138" t="s">
         <v>188</v>
       </c>
       <c r="F138" t="s">
         <v>189</v>
       </c>
       <c r="G138" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H138"/>
       <c r="I138">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
         <v>48984</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>190</v>
       </c>
       <c r="D139" t="s">
         <v>191</v>
       </c>
       <c r="E139" t="s">
         <v>192</v>
       </c>
       <c r="F139" t="s">
         <v>193</v>
       </c>
       <c r="G139" t="s">
         <v>26</v>
       </c>
       <c r="H139" t="s">
         <v>36</v>
       </c>
       <c r="I139">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
         <v>48989</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>190</v>
       </c>
       <c r="D140" t="s">
         <v>191</v>
       </c>
       <c r="E140" t="s">
         <v>192</v>
       </c>
       <c r="F140" t="s">
         <v>193</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
         <v>36</v>
       </c>
       <c r="I140">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>48916</v>
+        <v>48911</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>194</v>
       </c>
       <c r="D141" t="s">
         <v>195</v>
       </c>
       <c r="E141" t="s">
         <v>196</v>
       </c>
       <c r="F141" t="s">
         <v>197</v>
       </c>
       <c r="G141" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H141"/>
       <c r="I141">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
         <v>48920</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>194</v>
       </c>
       <c r="D142" t="s">
         <v>195</v>
       </c>
       <c r="E142" t="s">
         <v>196</v>
       </c>
       <c r="F142" t="s">
         <v>197</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142"/>
       <c r="I142">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>48911</v>
+        <v>48916</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>194</v>
       </c>
       <c r="D143" t="s">
         <v>195</v>
       </c>
       <c r="E143" t="s">
         <v>196</v>
       </c>
       <c r="F143" t="s">
         <v>197</v>
       </c>
       <c r="G143" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H143"/>
       <c r="I143">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
         <v>49088</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>198</v>
       </c>
       <c r="D144" t="s">
         <v>199</v>
       </c>
       <c r="E144" t="s">
         <v>200</v>
       </c>
       <c r="F144" t="s">
         <v>201</v>
       </c>
       <c r="G144" t="s">
         <v>26</v>
       </c>
       <c r="H144"/>
       <c r="I144">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>53578</v>
+        <v>61700</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>202</v>
       </c>
       <c r="D145" t="s">
         <v>203</v>
       </c>
       <c r="E145" t="s">
         <v>204</v>
       </c>
       <c r="F145" t="s">
         <v>135</v>
       </c>
       <c r="G145" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H145"/>
       <c r="I145">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>49040</v>
+        <v>50041</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>202</v>
       </c>
       <c r="D146" t="s">
         <v>203</v>
       </c>
       <c r="E146" t="s">
         <v>204</v>
       </c>
       <c r="F146" t="s">
         <v>135</v>
       </c>
       <c r="G146" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H146"/>
       <c r="I146">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>49013</v>
+        <v>49020</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>202</v>
       </c>
       <c r="D147" t="s">
         <v>203</v>
       </c>
       <c r="E147" t="s">
         <v>204</v>
       </c>
       <c r="F147" t="s">
         <v>135</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147"/>
       <c r="I147">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>49014</v>
+        <v>49040</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>202</v>
       </c>
       <c r="D148" t="s">
         <v>203</v>
       </c>
       <c r="E148" t="s">
         <v>204</v>
       </c>
       <c r="F148" t="s">
         <v>135</v>
       </c>
       <c r="G148" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H148"/>
       <c r="I148">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>49015</v>
+        <v>49033</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>202</v>
       </c>
       <c r="D149" t="s">
         <v>203</v>
       </c>
       <c r="E149" t="s">
         <v>204</v>
       </c>
       <c r="F149" t="s">
         <v>135</v>
       </c>
       <c r="G149" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H149"/>
       <c r="I149">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>61700</v>
+        <v>49031</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>202</v>
       </c>
       <c r="D150" t="s">
         <v>203</v>
       </c>
       <c r="E150" t="s">
         <v>204</v>
       </c>
       <c r="F150" t="s">
         <v>135</v>
       </c>
       <c r="G150" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H150"/>
       <c r="I150">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>49020</v>
+        <v>49024</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>202</v>
       </c>
       <c r="D151" t="s">
         <v>203</v>
       </c>
       <c r="E151" t="s">
         <v>204</v>
       </c>
       <c r="F151" t="s">
         <v>135</v>
       </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="H151"/>
       <c r="I151">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>49024</v>
+        <v>49015</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>202</v>
       </c>
       <c r="D152" t="s">
         <v>203</v>
       </c>
       <c r="E152" t="s">
         <v>204</v>
       </c>
       <c r="F152" t="s">
         <v>135</v>
       </c>
       <c r="G152" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H152"/>
       <c r="I152">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>49031</v>
+        <v>49014</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>202</v>
       </c>
       <c r="D153" t="s">
         <v>203</v>
       </c>
       <c r="E153" t="s">
         <v>204</v>
       </c>
       <c r="F153" t="s">
         <v>135</v>
       </c>
       <c r="G153" t="s">
         <v>26</v>
       </c>
       <c r="H153"/>
       <c r="I153">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>49032</v>
+        <v>49013</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>202</v>
       </c>
       <c r="D154" t="s">
         <v>203</v>
       </c>
       <c r="E154" t="s">
         <v>204</v>
       </c>
       <c r="F154" t="s">
         <v>135</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154"/>
       <c r="I154">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>49033</v>
+        <v>53592</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>202</v>
       </c>
       <c r="D155" t="s">
         <v>203</v>
       </c>
       <c r="E155" t="s">
         <v>204</v>
       </c>
       <c r="F155" t="s">
         <v>135</v>
       </c>
       <c r="G155" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H155"/>
       <c r="I155">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>49034</v>
+        <v>55882</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>202</v>
       </c>
       <c r="D156" t="s">
         <v>203</v>
       </c>
       <c r="E156" t="s">
         <v>204</v>
       </c>
       <c r="F156" t="s">
         <v>135</v>
       </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="H156"/>
       <c r="I156">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>49035</v>
+        <v>49011</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>202</v>
       </c>
       <c r="D157" t="s">
         <v>203</v>
       </c>
       <c r="E157" t="s">
         <v>204</v>
       </c>
       <c r="F157" t="s">
         <v>135</v>
       </c>
       <c r="G157" t="s">
         <v>26</v>
       </c>
       <c r="H157"/>
       <c r="I157">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>49011</v>
+        <v>58883</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>202</v>
       </c>
       <c r="D158" t="s">
         <v>203</v>
       </c>
       <c r="E158" t="s">
         <v>204</v>
       </c>
       <c r="F158" t="s">
         <v>135</v>
       </c>
       <c r="G158" t="s">
         <v>26</v>
       </c>
       <c r="H158"/>
       <c r="I158">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>53592</v>
+        <v>49009</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>202</v>
       </c>
       <c r="D159" t="s">
         <v>203</v>
       </c>
       <c r="E159" t="s">
         <v>204</v>
       </c>
       <c r="F159" t="s">
         <v>135</v>
       </c>
       <c r="G159" t="s">
         <v>26</v>
       </c>
       <c r="H159"/>
       <c r="I159">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>55882</v>
+        <v>49032</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>202</v>
       </c>
       <c r="D160" t="s">
         <v>203</v>
       </c>
       <c r="E160" t="s">
         <v>204</v>
       </c>
       <c r="F160" t="s">
         <v>135</v>
       </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="H160"/>
       <c r="I160">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>50041</v>
+        <v>55881</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>202</v>
       </c>
       <c r="D161" t="s">
         <v>203</v>
       </c>
       <c r="E161" t="s">
         <v>204</v>
       </c>
       <c r="F161" t="s">
         <v>135</v>
       </c>
       <c r="G161" t="s">
         <v>26</v>
       </c>
       <c r="H161"/>
       <c r="I161">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>58883</v>
+        <v>49023</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>202</v>
       </c>
       <c r="D162" t="s">
         <v>203</v>
       </c>
       <c r="E162" t="s">
         <v>204</v>
       </c>
       <c r="F162" t="s">
         <v>135</v>
       </c>
       <c r="G162" t="s">
         <v>26</v>
       </c>
       <c r="H162"/>
       <c r="I162">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
         <v>58906</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>202</v>
       </c>
       <c r="D163" t="s">
         <v>203</v>
       </c>
       <c r="E163" t="s">
         <v>204</v>
       </c>
       <c r="F163" t="s">
         <v>135</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163"/>
       <c r="I163">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>49025</v>
+        <v>53578</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>202</v>
       </c>
       <c r="D164" t="s">
         <v>203</v>
       </c>
       <c r="E164" t="s">
         <v>204</v>
       </c>
       <c r="F164" t="s">
         <v>135</v>
       </c>
       <c r="G164" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H164"/>
       <c r="I164">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>49023</v>
+        <v>49025</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>202</v>
       </c>
       <c r="D165" t="s">
         <v>203</v>
       </c>
       <c r="E165" t="s">
         <v>204</v>
       </c>
       <c r="F165" t="s">
         <v>135</v>
       </c>
       <c r="G165" t="s">
         <v>26</v>
       </c>
       <c r="H165"/>
       <c r="I165">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>55881</v>
+        <v>49034</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>202</v>
       </c>
       <c r="D166" t="s">
         <v>203</v>
       </c>
       <c r="E166" t="s">
         <v>204</v>
       </c>
       <c r="F166" t="s">
         <v>135</v>
       </c>
       <c r="G166" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H166"/>
       <c r="I166">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
         <v>48999</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>202</v>
       </c>
       <c r="D167" t="s">
         <v>203</v>
       </c>
       <c r="E167" t="s">
         <v>204</v>
       </c>
       <c r="F167" t="s">
         <v>135</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167"/>
       <c r="I167">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>49009</v>
+        <v>49035</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>202</v>
       </c>
       <c r="D168" t="s">
         <v>203</v>
       </c>
       <c r="E168" t="s">
         <v>204</v>
       </c>
       <c r="F168" t="s">
         <v>135</v>
       </c>
       <c r="G168" t="s">
         <v>26</v>
       </c>
       <c r="H168"/>
       <c r="I168">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>58521</v>
+        <v>49018</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>202</v>
       </c>
       <c r="D169" t="s">
         <v>203</v>
       </c>
       <c r="E169" t="s">
         <v>205</v>
       </c>
       <c r="F169" t="s">
         <v>147</v>
       </c>
       <c r="G169" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H169"/>
       <c r="I169">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>49012</v>
+        <v>59131</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>202</v>
       </c>
       <c r="D170" t="s">
         <v>203</v>
       </c>
       <c r="E170" t="s">
         <v>205</v>
       </c>
       <c r="F170" t="s">
         <v>147</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170"/>
       <c r="I170">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>49041</v>
+        <v>58521</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>202</v>
       </c>
       <c r="D171" t="s">
         <v>203</v>
       </c>
       <c r="E171" t="s">
         <v>205</v>
       </c>
       <c r="F171" t="s">
         <v>147</v>
       </c>
       <c r="G171" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H171"/>
       <c r="I171">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>55594</v>
+        <v>45225</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>202</v>
       </c>
       <c r="D172" t="s">
         <v>203</v>
       </c>
       <c r="E172" t="s">
         <v>205</v>
       </c>
       <c r="F172" t="s">
         <v>147</v>
       </c>
       <c r="G172" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H172"/>
       <c r="I172">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>49026</v>
+        <v>49041</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>202</v>
       </c>
       <c r="D173" t="s">
         <v>203</v>
       </c>
       <c r="E173" t="s">
         <v>205</v>
       </c>
       <c r="F173" t="s">
         <v>147</v>
       </c>
       <c r="G173" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H173"/>
       <c r="I173">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>60353</v>
+        <v>49026</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>202</v>
       </c>
       <c r="D174" t="s">
         <v>203</v>
       </c>
       <c r="E174" t="s">
         <v>205</v>
       </c>
       <c r="F174" t="s">
         <v>147</v>
       </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="H174"/>
       <c r="I174">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
         <v>60904</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>202</v>
       </c>
       <c r="D175" t="s">
         <v>203</v>
       </c>
       <c r="E175" t="s">
         <v>205</v>
       </c>
       <c r="F175" t="s">
         <v>147</v>
       </c>
       <c r="G175" t="s">
         <v>26</v>
       </c>
       <c r="H175" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="I175">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>49016</v>
+        <v>55597</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>202</v>
       </c>
       <c r="D176" t="s">
         <v>203</v>
       </c>
       <c r="E176" t="s">
         <v>205</v>
       </c>
       <c r="F176" t="s">
         <v>147</v>
       </c>
       <c r="G176" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H176"/>
+        <v>18</v>
+      </c>
+      <c r="H176" t="s">
+        <v>207</v>
+      </c>
       <c r="I176">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>55597</v>
+        <v>45233</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>202</v>
       </c>
       <c r="D177" t="s">
         <v>203</v>
       </c>
       <c r="E177" t="s">
         <v>205</v>
       </c>
       <c r="F177" t="s">
         <v>147</v>
       </c>
       <c r="G177" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H177"/>
       <c r="I177">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>49018</v>
+        <v>60353</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>202</v>
       </c>
       <c r="D178" t="s">
         <v>203</v>
       </c>
       <c r="E178" t="s">
         <v>205</v>
       </c>
       <c r="F178" t="s">
         <v>147</v>
       </c>
       <c r="G178" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H178"/>
       <c r="I178">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>59131</v>
+        <v>49016</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>202</v>
       </c>
       <c r="D179" t="s">
         <v>203</v>
       </c>
       <c r="E179" t="s">
         <v>205</v>
       </c>
       <c r="F179" t="s">
         <v>147</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179"/>
       <c r="I179">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>45225</v>
+        <v>49012</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>202</v>
       </c>
       <c r="D180" t="s">
         <v>203</v>
       </c>
       <c r="E180" t="s">
         <v>205</v>
       </c>
       <c r="F180" t="s">
         <v>147</v>
       </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="H180"/>
       <c r="I180">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>45233</v>
+        <v>55594</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>202</v>
       </c>
       <c r="D181" t="s">
         <v>203</v>
       </c>
       <c r="E181" t="s">
         <v>205</v>
       </c>
       <c r="F181" t="s">
         <v>147</v>
       </c>
       <c r="G181" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H181"/>
+        <v>35</v>
+      </c>
+      <c r="H181" t="s">
+        <v>208</v>
+      </c>
       <c r="I181">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
         <v>49008</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>202</v>
       </c>
       <c r="D182" t="s">
         <v>209</v>
       </c>
       <c r="E182" t="s">
         <v>205</v>
       </c>
       <c r="F182" t="s">
         <v>133</v>
       </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="H182"/>
       <c r="I182">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>49021</v>
+        <v>55596</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>202</v>
       </c>
       <c r="D183" t="s">
         <v>209</v>
       </c>
       <c r="E183" t="s">
         <v>205</v>
       </c>
       <c r="F183" t="s">
         <v>133</v>
       </c>
       <c r="G183" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H183"/>
+        <v>18</v>
+      </c>
+      <c r="H183" t="s">
+        <v>207</v>
+      </c>
       <c r="I183">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>54046</v>
+        <v>54045</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>202</v>
       </c>
       <c r="D184" t="s">
         <v>209</v>
       </c>
       <c r="E184" t="s">
         <v>205</v>
       </c>
       <c r="F184" t="s">
         <v>133</v>
       </c>
       <c r="G184" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H184"/>
       <c r="I184">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>54045</v>
+        <v>54046</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>202</v>
       </c>
       <c r="D185" t="s">
         <v>209</v>
       </c>
       <c r="E185" t="s">
         <v>205</v>
       </c>
       <c r="F185" t="s">
         <v>133</v>
       </c>
       <c r="G185" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H185"/>
       <c r="I185">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>55592</v>
+        <v>49021</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>202</v>
       </c>
       <c r="D186" t="s">
         <v>209</v>
       </c>
       <c r="E186" t="s">
         <v>205</v>
       </c>
       <c r="F186" t="s">
         <v>133</v>
       </c>
       <c r="G186" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H186"/>
       <c r="I186">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
         <v>49022</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>202</v>
       </c>
       <c r="D187" t="s">
         <v>209</v>
       </c>
       <c r="E187" t="s">
         <v>205</v>
       </c>
       <c r="F187" t="s">
         <v>133</v>
       </c>
       <c r="G187" t="s">
         <v>26</v>
       </c>
       <c r="H187"/>
       <c r="I187">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>55596</v>
+        <v>55592</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>202</v>
       </c>
       <c r="D188" t="s">
         <v>209</v>
       </c>
       <c r="E188" t="s">
         <v>205</v>
       </c>
       <c r="F188" t="s">
         <v>133</v>
       </c>
       <c r="G188" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H188" t="s">
         <v>208</v>
       </c>
       <c r="I188">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
-        <v>49007</v>
+        <v>49017</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>202</v>
       </c>
       <c r="D189" t="s">
         <v>210</v>
       </c>
       <c r="E189" t="s">
         <v>204</v>
       </c>
       <c r="F189" t="s">
         <v>211</v>
       </c>
       <c r="G189" t="s">
         <v>26</v>
       </c>
       <c r="H189"/>
       <c r="I189">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>49019</v>
+        <v>57714</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>202</v>
       </c>
       <c r="D190" t="s">
         <v>210</v>
       </c>
       <c r="E190" t="s">
         <v>204</v>
       </c>
       <c r="F190" t="s">
         <v>211</v>
       </c>
       <c r="G190" t="s">
         <v>26</v>
       </c>
       <c r="H190"/>
       <c r="I190">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>57469</v>
+        <v>49010</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>202</v>
       </c>
       <c r="D191" t="s">
         <v>210</v>
       </c>
       <c r="E191" t="s">
         <v>204</v>
       </c>
       <c r="F191" t="s">
         <v>211</v>
       </c>
       <c r="G191" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H191"/>
       <c r="I191">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>49028</v>
+        <v>49007</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>202</v>
       </c>
       <c r="D192" t="s">
         <v>210</v>
       </c>
       <c r="E192" t="s">
         <v>204</v>
       </c>
       <c r="F192" t="s">
         <v>211</v>
       </c>
       <c r="G192" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H192"/>
       <c r="I192">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>49027</v>
+        <v>57469</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>202</v>
       </c>
       <c r="D193" t="s">
         <v>210</v>
       </c>
       <c r="E193" t="s">
         <v>204</v>
       </c>
       <c r="F193" t="s">
         <v>211</v>
       </c>
       <c r="G193" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H193"/>
       <c r="I193">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>49017</v>
+        <v>49019</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>202</v>
       </c>
       <c r="D194" t="s">
         <v>210</v>
       </c>
       <c r="E194" t="s">
         <v>204</v>
       </c>
       <c r="F194" t="s">
         <v>211</v>
       </c>
       <c r="G194" t="s">
         <v>26</v>
       </c>
       <c r="H194"/>
       <c r="I194">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>49010</v>
+        <v>49027</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>202</v>
       </c>
       <c r="D195" t="s">
         <v>210</v>
       </c>
       <c r="E195" t="s">
         <v>204</v>
       </c>
       <c r="F195" t="s">
         <v>211</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="H195"/>
       <c r="I195">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>57714</v>
+        <v>49028</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>202</v>
       </c>
       <c r="D196" t="s">
         <v>210</v>
       </c>
       <c r="E196" t="s">
         <v>204</v>
       </c>
       <c r="F196" t="s">
         <v>211</v>
       </c>
       <c r="G196" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H196"/>
       <c r="I196">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
         <v>61681</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>202</v>
       </c>
       <c r="D197" t="s">
         <v>212</v>
       </c>
       <c r="E197" t="s">
         <v>205</v>
       </c>
       <c r="F197" t="s">
         <v>133</v>
       </c>
       <c r="G197" t="s">
         <v>26</v>
       </c>
       <c r="H197" t="s">
         <v>213</v>
       </c>
       <c r="I197">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>55599</v>
+        <v>61679</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>202</v>
       </c>
       <c r="D198" t="s">
         <v>212</v>
       </c>
       <c r="E198" t="s">
         <v>205</v>
       </c>
       <c r="F198" t="s">
         <v>133</v>
       </c>
       <c r="G198" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H198"/>
       <c r="I198">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
-        <v>61679</v>
+        <v>55595</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>202</v>
       </c>
       <c r="D199" t="s">
         <v>212</v>
       </c>
       <c r="E199" t="s">
         <v>205</v>
       </c>
       <c r="F199" t="s">
         <v>133</v>
       </c>
       <c r="G199" t="s">
         <v>35</v>
       </c>
-      <c r="H199"/>
+      <c r="H199" t="s">
+        <v>208</v>
+      </c>
       <c r="I199">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>55595</v>
+        <v>55599</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>202</v>
       </c>
       <c r="D200" t="s">
         <v>212</v>
       </c>
       <c r="E200" t="s">
         <v>205</v>
       </c>
       <c r="F200" t="s">
         <v>133</v>
       </c>
       <c r="G200" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H200" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I200">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>57089</v>
+        <v>56723</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>202</v>
       </c>
       <c r="D201" t="s">
         <v>214</v>
       </c>
       <c r="E201" t="s">
         <v>205</v>
       </c>
       <c r="F201" t="s">
         <v>215</v>
       </c>
       <c r="G201" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H201"/>
       <c r="I201">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>50386</v>
+        <v>62267</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>202</v>
       </c>
       <c r="D202" t="s">
         <v>214</v>
       </c>
       <c r="E202" t="s">
         <v>205</v>
       </c>
       <c r="F202" t="s">
         <v>215</v>
       </c>
       <c r="G202" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="H202"/>
       <c r="I202">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>55598</v>
+        <v>50363</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>202</v>
       </c>
       <c r="D203" t="s">
         <v>214</v>
       </c>
       <c r="E203" t="s">
         <v>205</v>
       </c>
       <c r="F203" t="s">
         <v>215</v>
       </c>
       <c r="G203" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H203"/>
       <c r="I203">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>56723</v>
+        <v>55431</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>202</v>
       </c>
       <c r="D204" t="s">
         <v>214</v>
       </c>
       <c r="E204" t="s">
         <v>205</v>
       </c>
       <c r="F204" t="s">
         <v>215</v>
       </c>
       <c r="G204" t="s">
         <v>26</v>
       </c>
       <c r="H204"/>
       <c r="I204">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>55431</v>
+        <v>55432</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>202</v>
       </c>
       <c r="D205" t="s">
         <v>214</v>
       </c>
       <c r="E205" t="s">
         <v>205</v>
       </c>
       <c r="F205" t="s">
         <v>215</v>
       </c>
       <c r="G205" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H205"/>
       <c r="I205">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
-        <v>55432</v>
+        <v>55593</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>202</v>
       </c>
       <c r="D206" t="s">
         <v>214</v>
       </c>
       <c r="E206" t="s">
         <v>205</v>
       </c>
       <c r="F206" t="s">
         <v>215</v>
       </c>
       <c r="G206" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H206"/>
+        <v>35</v>
+      </c>
+      <c r="H206" t="s">
+        <v>208</v>
+      </c>
       <c r="I206">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>55593</v>
+        <v>55598</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>202</v>
       </c>
       <c r="D207" t="s">
         <v>214</v>
       </c>
       <c r="E207" t="s">
         <v>205</v>
       </c>
       <c r="F207" t="s">
         <v>215</v>
       </c>
       <c r="G207" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="H207" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I207">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>50363</v>
+        <v>57089</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>202</v>
       </c>
       <c r="D208" t="s">
         <v>214</v>
       </c>
       <c r="E208" t="s">
         <v>205</v>
       </c>
       <c r="F208" t="s">
         <v>215</v>
       </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="H208"/>
       <c r="I208">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
-        <v>49515</v>
+        <v>50386</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>202</v>
       </c>
       <c r="D209" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E209" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="F209" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G209" t="s">
         <v>26</v>
       </c>
       <c r="H209"/>
       <c r="I209">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>60150</v>
+        <v>49515</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>202</v>
       </c>
       <c r="D210" t="s">
         <v>216</v>
       </c>
       <c r="E210" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="F210" t="s">
-        <v>175</v>
+        <v>218</v>
       </c>
       <c r="G210" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H210"/>
       <c r="I210">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>60149</v>
+        <v>60150</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>202</v>
       </c>
       <c r="D211" t="s">
         <v>216</v>
       </c>
       <c r="E211" t="s">
         <v>219</v>
       </c>
       <c r="F211" t="s">
         <v>175</v>
       </c>
       <c r="G211" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H211"/>
       <c r="I211">
-        <v>929</v>
+        <v>955</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>60151</v>
+        <v>60149</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>202</v>
       </c>
       <c r="D212" t="s">
         <v>216</v>
       </c>
       <c r="E212" t="s">
         <v>219</v>
       </c>
       <c r="F212" t="s">
         <v>175</v>
       </c>
       <c r="G212" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="H212"/>
       <c r="I212">
-        <v>929</v>
+        <v>955</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9">
+      <c r="A213">
+        <v>60151</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>202</v>
+      </c>
+      <c r="D213" t="s">
+        <v>216</v>
+      </c>
+      <c r="E213" t="s">
+        <v>219</v>
+      </c>
+      <c r="F213" t="s">
+        <v>175</v>
+      </c>
+      <c r="G213" t="s">
+        <v>18</v>
+      </c>
+      <c r="H213"/>
+      <c r="I213">
+        <v>955</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">