--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -1056,123 +1056,123 @@
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>534</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>57344</v>
+        <v>57346</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>534</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>57346</v>
+        <v>57345</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H7"/>
       <c r="I7">
         <v>534</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>57345</v>
+        <v>57344</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>534</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>33213</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
@@ -1434,159 +1434,159 @@
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>59</v>
       </c>
       <c r="G19" t="s">
         <v>30</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>534</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>33193</v>
+        <v>33184</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>60</v>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>62</v>
       </c>
       <c r="F20" t="s">
         <v>44</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>534</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>33184</v>
+        <v>33193</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>60</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>62</v>
       </c>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>534</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>33183</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
       <c r="E22" t="s">
         <v>63</v>
       </c>
       <c r="F22" t="s">
         <v>44</v>
       </c>
       <c r="G22" t="s">
         <v>26</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>534</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>33700</v>
+        <v>33702</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>64</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
       <c r="E23" t="s">
         <v>66</v>
       </c>
       <c r="F23" t="s">
         <v>67</v>
       </c>
       <c r="G23" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>534</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>53361</v>
+        <v>33700</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>67</v>
       </c>
       <c r="G24" t="s">
         <v>26</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>534</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1596,690 +1596,690 @@
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
       <c r="D25" t="s">
         <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>67</v>
       </c>
       <c r="G25" t="s">
         <v>30</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>534</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>33702</v>
+        <v>53361</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>64</v>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>67</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>534</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>33707</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>64</v>
       </c>
       <c r="D27" t="s">
         <v>68</v>
       </c>
       <c r="E27" t="s">
         <v>69</v>
       </c>
       <c r="F27" t="s">
         <v>70</v>
       </c>
       <c r="G27" t="s">
         <v>30</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>534</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>33156</v>
+        <v>33155</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28" t="s">
         <v>72</v>
       </c>
       <c r="E28" t="s">
         <v>73</v>
       </c>
       <c r="F28" t="s">
         <v>74</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>534</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>33155</v>
+        <v>33156</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29" t="s">
         <v>72</v>
       </c>
       <c r="E29" t="s">
         <v>73</v>
       </c>
       <c r="F29" t="s">
         <v>74</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>534</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>51432</v>
+        <v>51444</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>71</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>77</v>
       </c>
       <c r="G30" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>534</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>51445</v>
+        <v>51427</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>76</v>
       </c>
       <c r="F31" t="s">
         <v>77</v>
       </c>
       <c r="G31" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>534</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>51437</v>
+        <v>51429</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32" t="s">
         <v>75</v>
       </c>
       <c r="E32" t="s">
         <v>76</v>
       </c>
       <c r="F32" t="s">
         <v>77</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>534</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>51436</v>
+        <v>51430</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>76</v>
       </c>
       <c r="F33" t="s">
         <v>77</v>
       </c>
       <c r="G33" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>534</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>51427</v>
+        <v>51432</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>71</v>
       </c>
       <c r="D34" t="s">
         <v>75</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>77</v>
       </c>
       <c r="G34" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H34"/>
       <c r="I34">
         <v>534</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>51429</v>
+        <v>51433</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>71</v>
       </c>
       <c r="D35" t="s">
         <v>75</v>
       </c>
       <c r="E35" t="s">
         <v>76</v>
       </c>
       <c r="F35" t="s">
         <v>77</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>534</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>51435</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>71</v>
       </c>
       <c r="D36" t="s">
         <v>75</v>
       </c>
       <c r="E36" t="s">
         <v>76</v>
       </c>
       <c r="F36" t="s">
         <v>77</v>
       </c>
       <c r="G36" t="s">
         <v>26</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>534</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>51430</v>
+        <v>51436</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>71</v>
       </c>
       <c r="D37" t="s">
         <v>75</v>
       </c>
       <c r="E37" t="s">
         <v>76</v>
       </c>
       <c r="F37" t="s">
         <v>77</v>
       </c>
       <c r="G37" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>534</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>51433</v>
+        <v>51437</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>71</v>
       </c>
       <c r="D38" t="s">
         <v>75</v>
       </c>
       <c r="E38" t="s">
         <v>76</v>
       </c>
       <c r="F38" t="s">
         <v>77</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>534</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>51444</v>
+        <v>51445</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>71</v>
       </c>
       <c r="D39" t="s">
         <v>75</v>
       </c>
       <c r="E39" t="s">
         <v>76</v>
       </c>
       <c r="F39" t="s">
         <v>77</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>534</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>52282</v>
+        <v>51839</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>78</v>
       </c>
       <c r="D40" t="s">
         <v>79</v>
       </c>
       <c r="E40" t="s">
         <v>80</v>
       </c>
       <c r="F40" t="s">
         <v>81</v>
       </c>
       <c r="G40" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>534</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>52642</v>
+        <v>52282</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41" t="s">
         <v>79</v>
       </c>
       <c r="E41" t="s">
         <v>80</v>
       </c>
       <c r="F41" t="s">
         <v>81</v>
       </c>
       <c r="G41" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H41"/>
       <c r="I41">
         <v>534</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>52666</v>
+        <v>52642</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>78</v>
       </c>
       <c r="D42" t="s">
         <v>79</v>
       </c>
       <c r="E42" t="s">
         <v>80</v>
       </c>
       <c r="F42" t="s">
         <v>81</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>534</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>51839</v>
+        <v>52666</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>78</v>
       </c>
       <c r="D43" t="s">
         <v>79</v>
       </c>
       <c r="E43" t="s">
         <v>80</v>
       </c>
       <c r="F43" t="s">
         <v>81</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>534</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>50925</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>78</v>
       </c>
       <c r="D44" t="s">
         <v>79</v>
       </c>
       <c r="E44" t="s">
         <v>82</v>
       </c>
       <c r="F44" t="s">
         <v>83</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44"/>
       <c r="I44">
         <v>534</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>50944</v>
+        <v>50941</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>78</v>
       </c>
       <c r="D45" t="s">
         <v>79</v>
       </c>
       <c r="E45" t="s">
         <v>82</v>
       </c>
       <c r="F45" t="s">
         <v>83</v>
       </c>
       <c r="G45" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H45"/>
       <c r="I45">
         <v>534</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>50941</v>
+        <v>50944</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>78</v>
       </c>
       <c r="D46" t="s">
         <v>79</v>
       </c>
       <c r="E46" t="s">
         <v>82</v>
       </c>
       <c r="F46" t="s">
         <v>83</v>
       </c>
       <c r="G46" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H46"/>
       <c r="I46">
         <v>534</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46951</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>78</v>
       </c>
       <c r="D47" t="s">
         <v>84</v>
       </c>
       <c r="E47" t="s">
         <v>85</v>
       </c>
       <c r="F47" t="s">
         <v>86</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>534</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>46898</v>
+        <v>46992</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>78</v>
       </c>
       <c r="D48" t="s">
         <v>84</v>
       </c>
       <c r="E48" t="s">
         <v>85</v>
       </c>
       <c r="F48" t="s">
         <v>86</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H48"/>
       <c r="I48">
         <v>534</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>46992</v>
+        <v>46898</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>78</v>
       </c>
       <c r="D49" t="s">
         <v>84</v>
       </c>
       <c r="E49" t="s">
         <v>85</v>
       </c>
       <c r="F49" t="s">
         <v>86</v>
       </c>
       <c r="G49" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>534</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>46953</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>78</v>
       </c>
       <c r="D50" t="s">
         <v>84</v>
       </c>
       <c r="E50" t="s">
         <v>85</v>
       </c>
       <c r="F50" t="s">
         <v>86</v>
       </c>
@@ -2327,159 +2327,159 @@
       </c>
       <c r="C52" t="s">
         <v>78</v>
       </c>
       <c r="D52" t="s">
         <v>87</v>
       </c>
       <c r="E52" t="s">
         <v>88</v>
       </c>
       <c r="F52" t="s">
         <v>89</v>
       </c>
       <c r="G52" t="s">
         <v>26</v>
       </c>
       <c r="H52" t="s">
         <v>90</v>
       </c>
       <c r="I52">
         <v>534</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>38907</v>
+        <v>38910</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>78</v>
       </c>
       <c r="D53" t="s">
         <v>91</v>
       </c>
       <c r="E53" t="s">
         <v>92</v>
       </c>
       <c r="F53" t="s">
         <v>93</v>
       </c>
       <c r="G53" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H53"/>
       <c r="I53">
         <v>534</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>38910</v>
+        <v>38907</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>78</v>
       </c>
       <c r="D54" t="s">
         <v>91</v>
       </c>
       <c r="E54" t="s">
         <v>92</v>
       </c>
       <c r="F54" t="s">
         <v>93</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H54"/>
       <c r="I54">
         <v>534</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>52337</v>
+        <v>52309</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>78</v>
       </c>
       <c r="D55" t="s">
         <v>91</v>
       </c>
       <c r="E55" t="s">
         <v>94</v>
       </c>
       <c r="F55" t="s">
         <v>83</v>
       </c>
       <c r="G55" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>534</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>52336</v>
+        <v>52337</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>78</v>
       </c>
       <c r="D56" t="s">
         <v>91</v>
       </c>
       <c r="E56" t="s">
         <v>94</v>
       </c>
       <c r="F56" t="s">
         <v>83</v>
       </c>
       <c r="G56" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H56"/>
       <c r="I56">
         <v>534</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>52309</v>
+        <v>52336</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>78</v>
       </c>
       <c r="D57" t="s">
         <v>91</v>
       </c>
       <c r="E57" t="s">
         <v>94</v>
       </c>
       <c r="F57" t="s">
         <v>83</v>
       </c>
       <c r="G57" t="s">
         <v>20</v>
       </c>
       <c r="H57"/>
       <c r="I57">
         <v>534</v>
       </c>
     </row>
     <row r="58" spans="1:9">
@@ -2489,150 +2489,150 @@
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>78</v>
       </c>
       <c r="D58" t="s">
         <v>91</v>
       </c>
       <c r="E58" t="s">
         <v>94</v>
       </c>
       <c r="F58" t="s">
         <v>83</v>
       </c>
       <c r="G58" t="s">
         <v>21</v>
       </c>
       <c r="H58"/>
       <c r="I58">
         <v>534</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>46386</v>
+        <v>46387</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>78</v>
       </c>
       <c r="D59" t="s">
         <v>91</v>
       </c>
       <c r="E59" t="s">
         <v>95</v>
       </c>
       <c r="F59" t="s">
         <v>83</v>
       </c>
       <c r="G59" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H59"/>
       <c r="I59">
         <v>534</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>46387</v>
+        <v>46386</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>78</v>
       </c>
       <c r="D60" t="s">
         <v>91</v>
       </c>
       <c r="E60" t="s">
         <v>95</v>
       </c>
       <c r="F60" t="s">
         <v>83</v>
       </c>
       <c r="G60" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H60"/>
       <c r="I60">
         <v>534</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>51694</v>
+        <v>51691</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>78</v>
       </c>
       <c r="D61" t="s">
         <v>96</v>
       </c>
       <c r="E61" t="s">
         <v>97</v>
       </c>
       <c r="F61" t="s">
         <v>83</v>
       </c>
       <c r="G61" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>534</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>51691</v>
+        <v>51694</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>78</v>
       </c>
       <c r="D62" t="s">
         <v>96</v>
       </c>
       <c r="E62" t="s">
         <v>97</v>
       </c>
       <c r="F62" t="s">
         <v>83</v>
       </c>
       <c r="G62" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>534</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>33189</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>78</v>
       </c>
       <c r="D63" t="s">
         <v>98</v>
       </c>
       <c r="E63" t="s">
         <v>99</v>
       </c>
       <c r="F63" t="s">
         <v>86</v>
       </c>
@@ -2678,1055 +2678,1055 @@
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>78</v>
       </c>
       <c r="D65" t="s">
         <v>103</v>
       </c>
       <c r="E65" t="s">
         <v>104</v>
       </c>
       <c r="F65" t="s">
         <v>89</v>
       </c>
       <c r="G65" t="s">
         <v>26</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>534</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>60047</v>
+        <v>60050</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>78</v>
       </c>
       <c r="D66" t="s">
         <v>105</v>
       </c>
       <c r="E66" t="s">
         <v>106</v>
       </c>
       <c r="F66" t="s">
         <v>107</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>534</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>60048</v>
+        <v>60049</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>78</v>
       </c>
       <c r="D67" t="s">
         <v>105</v>
       </c>
       <c r="E67" t="s">
         <v>106</v>
       </c>
       <c r="F67" t="s">
         <v>107</v>
       </c>
       <c r="G67" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>534</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>60050</v>
+        <v>60047</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>78</v>
       </c>
       <c r="D68" t="s">
         <v>105</v>
       </c>
       <c r="E68" t="s">
         <v>106</v>
       </c>
       <c r="F68" t="s">
         <v>107</v>
       </c>
       <c r="G68" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>534</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>60049</v>
+        <v>60048</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>78</v>
       </c>
       <c r="D69" t="s">
         <v>105</v>
       </c>
       <c r="E69" t="s">
         <v>106</v>
       </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
       <c r="G69" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H69"/>
       <c r="I69">
         <v>534</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>33118</v>
+        <v>33238</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>108</v>
       </c>
       <c r="D70" t="s">
         <v>109</v>
       </c>
       <c r="E70" t="s">
         <v>110</v>
       </c>
       <c r="F70" t="s">
         <v>111</v>
       </c>
       <c r="G70" t="s">
         <v>30</v>
       </c>
       <c r="H70"/>
       <c r="I70">
         <v>534</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>37154</v>
+        <v>36964</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>108</v>
       </c>
       <c r="D71" t="s">
         <v>109</v>
       </c>
       <c r="E71" t="s">
         <v>110</v>
       </c>
       <c r="F71" t="s">
         <v>111</v>
       </c>
       <c r="G71" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H71"/>
       <c r="I71">
         <v>534</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>47756</v>
+        <v>37093</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>108</v>
       </c>
       <c r="D72" t="s">
         <v>109</v>
       </c>
       <c r="E72" t="s">
         <v>110</v>
       </c>
       <c r="F72" t="s">
         <v>111</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H72"/>
       <c r="I72">
         <v>534</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>33147</v>
+        <v>48040</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>108</v>
       </c>
       <c r="D73" t="s">
         <v>109</v>
       </c>
       <c r="E73" t="s">
         <v>110</v>
       </c>
       <c r="F73" t="s">
         <v>111</v>
       </c>
       <c r="G73" t="s">
         <v>30</v>
       </c>
       <c r="H73"/>
       <c r="I73">
         <v>534</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>37093</v>
+        <v>47756</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>108</v>
       </c>
       <c r="D74" t="s">
         <v>109</v>
       </c>
       <c r="E74" t="s">
         <v>110</v>
       </c>
       <c r="F74" t="s">
         <v>111</v>
       </c>
       <c r="G74" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H74"/>
       <c r="I74">
         <v>534</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>33139</v>
+        <v>47761</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>108</v>
       </c>
       <c r="D75" t="s">
         <v>109</v>
       </c>
       <c r="E75" t="s">
         <v>110</v>
       </c>
       <c r="F75" t="s">
         <v>111</v>
       </c>
       <c r="G75" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H75"/>
       <c r="I75">
         <v>534</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>33225</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>108</v>
       </c>
       <c r="D76" t="s">
         <v>109</v>
       </c>
       <c r="E76" t="s">
         <v>110</v>
       </c>
       <c r="F76" t="s">
         <v>111</v>
       </c>
       <c r="G76" t="s">
         <v>26</v>
       </c>
       <c r="H76"/>
       <c r="I76">
         <v>534</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>33136</v>
+        <v>37154</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>108</v>
       </c>
       <c r="D77" t="s">
         <v>109</v>
       </c>
       <c r="E77" t="s">
         <v>110</v>
       </c>
       <c r="F77" t="s">
         <v>111</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
-      <c r="H77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77"/>
       <c r="I77">
         <v>534</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>37103</v>
+        <v>33147</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>108</v>
       </c>
       <c r="D78" t="s">
         <v>109</v>
       </c>
       <c r="E78" t="s">
         <v>110</v>
       </c>
       <c r="F78" t="s">
         <v>111</v>
       </c>
       <c r="G78" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H78"/>
       <c r="I78">
         <v>534</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>33239</v>
+        <v>33139</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>108</v>
       </c>
       <c r="D79" t="s">
         <v>109</v>
       </c>
       <c r="E79" t="s">
         <v>110</v>
       </c>
       <c r="F79" t="s">
         <v>111</v>
       </c>
       <c r="G79" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H79"/>
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
+        <v>112</v>
+      </c>
       <c r="I79">
         <v>534</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>33238</v>
+        <v>37103</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>108</v>
       </c>
       <c r="D80" t="s">
         <v>109</v>
       </c>
       <c r="E80" t="s">
         <v>110</v>
       </c>
       <c r="F80" t="s">
         <v>111</v>
       </c>
       <c r="G80" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H80"/>
       <c r="I80">
         <v>534</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>47761</v>
+        <v>33118</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>108</v>
       </c>
       <c r="D81" t="s">
         <v>109</v>
       </c>
       <c r="E81" t="s">
         <v>110</v>
       </c>
       <c r="F81" t="s">
         <v>111</v>
       </c>
       <c r="G81" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H81"/>
       <c r="I81">
         <v>534</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>36964</v>
+        <v>33136</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>108</v>
       </c>
       <c r="D82" t="s">
         <v>109</v>
       </c>
       <c r="E82" t="s">
         <v>110</v>
       </c>
       <c r="F82" t="s">
         <v>111</v>
       </c>
       <c r="G82" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H82"/>
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>112</v>
+      </c>
       <c r="I82">
         <v>534</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>48040</v>
+        <v>47787</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>108</v>
       </c>
       <c r="D83" t="s">
         <v>109</v>
       </c>
       <c r="E83" t="s">
         <v>110</v>
       </c>
       <c r="F83" t="s">
         <v>111</v>
       </c>
       <c r="G83" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H83"/>
       <c r="I83">
         <v>534</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>47787</v>
+        <v>37146</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>108</v>
       </c>
       <c r="D84" t="s">
         <v>109</v>
       </c>
       <c r="E84" t="s">
         <v>110</v>
       </c>
       <c r="F84" t="s">
         <v>111</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H84"/>
       <c r="I84">
         <v>534</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>37146</v>
+        <v>33239</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>108</v>
       </c>
       <c r="D85" t="s">
         <v>109</v>
       </c>
       <c r="E85" t="s">
         <v>110</v>
       </c>
       <c r="F85" t="s">
         <v>111</v>
       </c>
       <c r="G85" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H85"/>
       <c r="I85">
         <v>534</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>38655</v>
+        <v>47542</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>108</v>
       </c>
       <c r="D86" t="s">
         <v>109</v>
       </c>
       <c r="E86" t="s">
         <v>113</v>
       </c>
       <c r="F86" t="s">
         <v>114</v>
       </c>
       <c r="G86" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H86"/>
+        <v>30</v>
+      </c>
+      <c r="H86" t="s">
+        <v>115</v>
+      </c>
       <c r="I86">
         <v>534</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>38636</v>
+        <v>47479</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>108</v>
       </c>
       <c r="D87" t="s">
         <v>109</v>
       </c>
       <c r="E87" t="s">
         <v>113</v>
       </c>
       <c r="F87" t="s">
         <v>114</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87"/>
       <c r="I87">
         <v>534</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>47478</v>
+        <v>38655</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>108</v>
       </c>
       <c r="D88" t="s">
         <v>109</v>
       </c>
       <c r="E88" t="s">
         <v>113</v>
       </c>
       <c r="F88" t="s">
         <v>114</v>
       </c>
       <c r="G88" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H88"/>
       <c r="I88">
         <v>534</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>47479</v>
+        <v>47478</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>108</v>
       </c>
       <c r="D89" t="s">
         <v>109</v>
       </c>
       <c r="E89" t="s">
         <v>113</v>
       </c>
       <c r="F89" t="s">
         <v>114</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89"/>
       <c r="I89">
         <v>534</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>47542</v>
+        <v>38636</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>108</v>
       </c>
       <c r="D90" t="s">
         <v>109</v>
       </c>
       <c r="E90" t="s">
         <v>113</v>
       </c>
       <c r="F90" t="s">
         <v>114</v>
       </c>
       <c r="G90" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H90"/>
       <c r="I90">
         <v>534</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>47529</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>108</v>
       </c>
       <c r="D91" t="s">
         <v>109</v>
       </c>
       <c r="E91" t="s">
         <v>113</v>
       </c>
       <c r="F91" t="s">
         <v>114</v>
       </c>
       <c r="G91" t="s">
         <v>26</v>
       </c>
       <c r="H91" t="s">
         <v>115</v>
       </c>
       <c r="I91">
         <v>534</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>42523</v>
+        <v>42564</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>108</v>
       </c>
       <c r="D92" t="s">
         <v>109</v>
       </c>
       <c r="E92" t="s">
         <v>116</v>
       </c>
       <c r="F92" t="s">
         <v>117</v>
       </c>
       <c r="G92" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H92"/>
       <c r="I92">
         <v>534</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>42491</v>
+        <v>42550</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>108</v>
       </c>
       <c r="D93" t="s">
         <v>109</v>
       </c>
       <c r="E93" t="s">
         <v>116</v>
       </c>
       <c r="F93" t="s">
         <v>117</v>
       </c>
       <c r="G93" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H93"/>
       <c r="I93">
         <v>534</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>42564</v>
+        <v>42523</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>108</v>
       </c>
       <c r="D94" t="s">
         <v>109</v>
       </c>
       <c r="E94" t="s">
         <v>116</v>
       </c>
       <c r="F94" t="s">
         <v>117</v>
       </c>
       <c r="G94" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H94"/>
       <c r="I94">
         <v>534</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>42550</v>
+        <v>42491</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>108</v>
       </c>
       <c r="D95" t="s">
         <v>109</v>
       </c>
       <c r="E95" t="s">
         <v>116</v>
       </c>
       <c r="F95" t="s">
         <v>117</v>
       </c>
       <c r="G95" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H95"/>
       <c r="I95">
         <v>534</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>35214</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>108</v>
       </c>
       <c r="D96" t="s">
         <v>118</v>
       </c>
       <c r="E96" t="s">
         <v>119</v>
       </c>
       <c r="F96" t="s">
         <v>120</v>
       </c>
       <c r="G96" t="s">
         <v>26</v>
       </c>
       <c r="H96"/>
       <c r="I96">
         <v>534</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>39546</v>
+        <v>39522</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>108</v>
       </c>
       <c r="D97" t="s">
         <v>121</v>
       </c>
       <c r="E97" t="s">
         <v>113</v>
       </c>
       <c r="F97" t="s">
         <v>114</v>
       </c>
       <c r="G97" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="H97"/>
+        <v>122</v>
+      </c>
+      <c r="H97" t="s">
+        <v>123</v>
+      </c>
       <c r="I97">
         <v>534</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>39547</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>108</v>
       </c>
       <c r="D98" t="s">
         <v>121</v>
       </c>
       <c r="E98" t="s">
         <v>113</v>
       </c>
       <c r="F98" t="s">
         <v>114</v>
       </c>
       <c r="G98" t="s">
         <v>26</v>
       </c>
       <c r="H98"/>
       <c r="I98">
         <v>534</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>39522</v>
+        <v>39546</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>108</v>
       </c>
       <c r="D99" t="s">
         <v>121</v>
       </c>
       <c r="E99" t="s">
         <v>113</v>
       </c>
       <c r="F99" t="s">
         <v>114</v>
       </c>
       <c r="G99" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H99"/>
       <c r="I99">
         <v>534</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>54723</v>
+        <v>41151</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>108</v>
       </c>
       <c r="D100" t="s">
         <v>124</v>
       </c>
       <c r="E100" t="s">
         <v>125</v>
       </c>
       <c r="F100" t="s">
         <v>126</v>
       </c>
       <c r="G100" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H100"/>
       <c r="I100">
         <v>534</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>41177</v>
+        <v>54723</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>108</v>
       </c>
       <c r="D101" t="s">
         <v>124</v>
       </c>
       <c r="E101" t="s">
         <v>125</v>
       </c>
       <c r="F101" t="s">
         <v>126</v>
       </c>
       <c r="G101" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H101"/>
       <c r="I101">
         <v>534</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>41151</v>
+        <v>41177</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>108</v>
       </c>
       <c r="D102" t="s">
         <v>124</v>
       </c>
       <c r="E102" t="s">
         <v>125</v>
       </c>
       <c r="F102" t="s">
         <v>126</v>
       </c>
       <c r="G102" t="s">
         <v>15</v>
       </c>
-      <c r="H102"/>
+      <c r="H102" t="s">
+        <v>127</v>
+      </c>
       <c r="I102">
         <v>534</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>54659</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>108</v>
       </c>
       <c r="D103" t="s">
         <v>124</v>
       </c>
       <c r="E103" t="s">
         <v>125</v>
       </c>
       <c r="F103" t="s">
         <v>126</v>
       </c>
       <c r="G103" t="s">
         <v>30</v>
@@ -3857,96 +3857,96 @@
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>145</v>
       </c>
       <c r="D108" t="s">
         <v>146</v>
       </c>
       <c r="E108" t="s">
         <v>147</v>
       </c>
       <c r="F108" t="s">
         <v>148</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108"/>
       <c r="I108">
         <v>534</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>44010</v>
+        <v>44008</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>149</v>
       </c>
       <c r="D109" t="s">
         <v>150</v>
       </c>
       <c r="E109" t="s">
         <v>151</v>
       </c>
       <c r="F109" t="s">
         <v>152</v>
       </c>
       <c r="G109" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H109"/>
       <c r="I109">
         <v>534</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>44008</v>
+        <v>44010</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>149</v>
       </c>
       <c r="D110" t="s">
         <v>150</v>
       </c>
       <c r="E110" t="s">
         <v>151</v>
       </c>
       <c r="F110" t="s">
         <v>152</v>
       </c>
       <c r="G110" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H110"/>
       <c r="I110">
         <v>534</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>51739</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>149</v>
       </c>
       <c r="D111" t="s">
         <v>153</v>
       </c>
       <c r="E111" t="s">
         <v>154</v>
       </c>
       <c r="F111" t="s">
         <v>155</v>
       </c>
@@ -3969,1278 +3969,1278 @@
       </c>
       <c r="C112" t="s">
         <v>149</v>
       </c>
       <c r="D112" t="s">
         <v>157</v>
       </c>
       <c r="E112" t="s">
         <v>158</v>
       </c>
       <c r="F112" t="s">
         <v>159</v>
       </c>
       <c r="G112" t="s">
         <v>30</v>
       </c>
       <c r="H112" t="s">
         <v>160</v>
       </c>
       <c r="I112">
         <v>534</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>37604</v>
+        <v>56066</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>161</v>
       </c>
       <c r="D113" t="s">
         <v>162</v>
       </c>
       <c r="E113" t="s">
         <v>163</v>
       </c>
       <c r="F113" t="s">
         <v>83</v>
       </c>
       <c r="G113" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H113" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
       <c r="I113">
         <v>534</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>33133</v>
+        <v>33986</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>161</v>
       </c>
       <c r="D114" t="s">
         <v>162</v>
       </c>
       <c r="E114" t="s">
         <v>163</v>
       </c>
       <c r="F114" t="s">
         <v>83</v>
       </c>
       <c r="G114" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H114" t="s">
         <v>164</v>
       </c>
       <c r="I114">
         <v>534</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>41075</v>
+        <v>38369</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>161</v>
       </c>
       <c r="D115" t="s">
         <v>162</v>
       </c>
       <c r="E115" t="s">
         <v>163</v>
       </c>
       <c r="F115" t="s">
         <v>83</v>
       </c>
       <c r="G115" t="s">
         <v>15</v>
       </c>
       <c r="H115" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="I115">
         <v>534</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
-        <v>38370</v>
+        <v>33133</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>161</v>
       </c>
       <c r="D116" t="s">
         <v>162</v>
       </c>
       <c r="E116" t="s">
         <v>163</v>
       </c>
       <c r="F116" t="s">
         <v>83</v>
       </c>
       <c r="G116" t="s">
         <v>30</v>
       </c>
       <c r="H116" t="s">
         <v>164</v>
       </c>
       <c r="I116">
         <v>534</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>41085</v>
+        <v>40593</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>161</v>
       </c>
       <c r="D117" t="s">
         <v>162</v>
       </c>
       <c r="E117" t="s">
         <v>163</v>
       </c>
       <c r="F117" t="s">
         <v>83</v>
       </c>
       <c r="G117" t="s">
         <v>30</v>
       </c>
       <c r="H117" t="s">
         <v>115</v>
       </c>
       <c r="I117">
         <v>534</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>56066</v>
+        <v>40594</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>161</v>
       </c>
       <c r="D118" t="s">
         <v>162</v>
       </c>
       <c r="E118" t="s">
         <v>163</v>
       </c>
       <c r="F118" t="s">
         <v>83</v>
       </c>
       <c r="G118" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H118" t="s">
         <v>115</v>
       </c>
       <c r="I118">
         <v>534</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>55919</v>
+        <v>41003</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>161</v>
       </c>
       <c r="D119" t="s">
         <v>162</v>
       </c>
       <c r="E119" t="s">
         <v>163</v>
       </c>
       <c r="F119" t="s">
         <v>83</v>
       </c>
       <c r="G119" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H119" t="s">
         <v>115</v>
       </c>
       <c r="I119">
         <v>534</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>58872</v>
+        <v>35785</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>161</v>
       </c>
       <c r="D120" t="s">
         <v>162</v>
       </c>
       <c r="E120" t="s">
         <v>163</v>
       </c>
       <c r="F120" t="s">
         <v>83</v>
       </c>
       <c r="G120" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H120" t="s">
         <v>164</v>
       </c>
       <c r="I120">
         <v>534</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>58873</v>
+        <v>37604</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>161</v>
       </c>
       <c r="D121" t="s">
         <v>162</v>
       </c>
       <c r="E121" t="s">
         <v>163</v>
       </c>
       <c r="F121" t="s">
         <v>83</v>
       </c>
       <c r="G121" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H121" t="s">
         <v>164</v>
       </c>
       <c r="I121">
         <v>534</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>40594</v>
+        <v>38430</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>161</v>
       </c>
       <c r="D122" t="s">
         <v>162</v>
       </c>
       <c r="E122" t="s">
         <v>163</v>
       </c>
       <c r="F122" t="s">
         <v>83</v>
       </c>
       <c r="G122" t="s">
         <v>26</v>
       </c>
       <c r="H122" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="I122">
         <v>534</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
-        <v>40593</v>
+        <v>58872</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>161</v>
       </c>
       <c r="D123" t="s">
         <v>162</v>
       </c>
       <c r="E123" t="s">
         <v>163</v>
       </c>
       <c r="F123" t="s">
         <v>83</v>
       </c>
       <c r="G123" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H123" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="I123">
         <v>534</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>58874</v>
+        <v>58873</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>161</v>
       </c>
       <c r="D124" t="s">
         <v>162</v>
       </c>
       <c r="E124" t="s">
         <v>163</v>
       </c>
       <c r="F124" t="s">
         <v>83</v>
       </c>
       <c r="G124" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H124" t="s">
         <v>164</v>
       </c>
       <c r="I124">
         <v>534</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>38430</v>
+        <v>58874</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>161</v>
       </c>
       <c r="D125" t="s">
         <v>162</v>
       </c>
       <c r="E125" t="s">
         <v>163</v>
       </c>
       <c r="F125" t="s">
         <v>83</v>
       </c>
       <c r="G125" t="s">
         <v>26</v>
       </c>
       <c r="H125" t="s">
         <v>164</v>
       </c>
       <c r="I125">
         <v>534</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>38369</v>
+        <v>58875</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>161</v>
       </c>
       <c r="D126" t="s">
         <v>162</v>
       </c>
       <c r="E126" t="s">
         <v>163</v>
       </c>
       <c r="F126" t="s">
         <v>83</v>
       </c>
       <c r="G126" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H126" t="s">
         <v>164</v>
       </c>
       <c r="I126">
         <v>534</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>33986</v>
+        <v>36521</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>161</v>
       </c>
       <c r="D127" t="s">
         <v>162</v>
       </c>
       <c r="E127" t="s">
         <v>163</v>
       </c>
       <c r="F127" t="s">
         <v>83</v>
       </c>
       <c r="G127" t="s">
         <v>26</v>
       </c>
       <c r="H127" t="s">
         <v>164</v>
       </c>
       <c r="I127">
         <v>534</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>57604</v>
+        <v>36523</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>161</v>
       </c>
       <c r="D128" t="s">
         <v>162</v>
       </c>
       <c r="E128" t="s">
         <v>163</v>
       </c>
       <c r="F128" t="s">
         <v>83</v>
       </c>
       <c r="G128" t="s">
         <v>15</v>
       </c>
       <c r="H128" t="s">
         <v>164</v>
       </c>
       <c r="I128">
         <v>534</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>53449</v>
+        <v>36524</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>161</v>
       </c>
       <c r="D129" t="s">
         <v>162</v>
       </c>
       <c r="E129" t="s">
         <v>163</v>
       </c>
       <c r="F129" t="s">
         <v>83</v>
       </c>
       <c r="G129" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>164</v>
       </c>
       <c r="I129">
         <v>534</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>53450</v>
+        <v>35805</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>161</v>
       </c>
       <c r="D130" t="s">
         <v>162</v>
       </c>
       <c r="E130" t="s">
         <v>163</v>
       </c>
       <c r="F130" t="s">
         <v>83</v>
       </c>
       <c r="G130" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H130" t="s">
         <v>164</v>
       </c>
       <c r="I130">
         <v>534</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>53580</v>
+        <v>37603</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>161</v>
       </c>
       <c r="D131" t="s">
         <v>162</v>
       </c>
       <c r="E131" t="s">
         <v>163</v>
       </c>
       <c r="F131" t="s">
         <v>83</v>
       </c>
       <c r="G131" t="s">
         <v>26</v>
       </c>
       <c r="H131" t="s">
         <v>164</v>
       </c>
       <c r="I131">
         <v>534</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>35786</v>
+        <v>47431</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>161</v>
       </c>
       <c r="D132" t="s">
         <v>162</v>
       </c>
       <c r="E132" t="s">
         <v>163</v>
       </c>
       <c r="F132" t="s">
         <v>83</v>
       </c>
       <c r="G132" t="s">
         <v>30</v>
       </c>
       <c r="H132" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
       <c r="I132">
         <v>534</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
-        <v>57618</v>
+        <v>57604</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>161</v>
       </c>
       <c r="D133" t="s">
         <v>162</v>
       </c>
       <c r="E133" t="s">
         <v>163</v>
       </c>
       <c r="F133" t="s">
         <v>83</v>
       </c>
       <c r="G133" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H133" t="s">
         <v>164</v>
       </c>
       <c r="I133">
         <v>534</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
-        <v>58875</v>
+        <v>53449</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>161</v>
       </c>
       <c r="D134" t="s">
         <v>162</v>
       </c>
       <c r="E134" t="s">
         <v>163</v>
       </c>
       <c r="F134" t="s">
         <v>83</v>
       </c>
       <c r="G134" t="s">
         <v>30</v>
       </c>
       <c r="H134" t="s">
         <v>164</v>
       </c>
       <c r="I134">
         <v>534</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
-        <v>36521</v>
+        <v>53450</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>161</v>
       </c>
       <c r="D135" t="s">
         <v>162</v>
       </c>
       <c r="E135" t="s">
         <v>163</v>
       </c>
       <c r="F135" t="s">
         <v>83</v>
       </c>
       <c r="G135" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H135" t="s">
         <v>164</v>
       </c>
       <c r="I135">
         <v>534</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
-        <v>36523</v>
+        <v>53580</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>161</v>
       </c>
       <c r="D136" t="s">
         <v>162</v>
       </c>
       <c r="E136" t="s">
         <v>163</v>
       </c>
       <c r="F136" t="s">
         <v>83</v>
       </c>
       <c r="G136" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H136" t="s">
         <v>164</v>
       </c>
       <c r="I136">
         <v>534</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>36524</v>
+        <v>35786</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>161</v>
       </c>
       <c r="D137" t="s">
         <v>162</v>
       </c>
       <c r="E137" t="s">
         <v>163</v>
       </c>
       <c r="F137" t="s">
         <v>83</v>
       </c>
       <c r="G137" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H137" t="s">
         <v>164</v>
       </c>
       <c r="I137">
         <v>534</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>40989</v>
+        <v>57618</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>161</v>
       </c>
       <c r="D138" t="s">
         <v>162</v>
       </c>
       <c r="E138" t="s">
         <v>163</v>
       </c>
       <c r="F138" t="s">
         <v>83</v>
       </c>
       <c r="G138" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H138" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="I138">
         <v>534</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
-        <v>57670</v>
+        <v>55919</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>161</v>
       </c>
       <c r="D139" t="s">
         <v>162</v>
       </c>
       <c r="E139" t="s">
         <v>163</v>
       </c>
       <c r="F139" t="s">
         <v>83</v>
       </c>
       <c r="G139" t="s">
         <v>30</v>
       </c>
       <c r="H139" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
       <c r="I139">
         <v>534</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
-        <v>35805</v>
+        <v>41085</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>161</v>
       </c>
       <c r="D140" t="s">
         <v>162</v>
       </c>
       <c r="E140" t="s">
         <v>163</v>
       </c>
       <c r="F140" t="s">
         <v>83</v>
       </c>
       <c r="G140" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H140" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
       <c r="I140">
         <v>534</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>57671</v>
+        <v>38370</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>161</v>
       </c>
       <c r="D141" t="s">
         <v>162</v>
       </c>
       <c r="E141" t="s">
         <v>163</v>
       </c>
       <c r="F141" t="s">
         <v>83</v>
       </c>
       <c r="G141" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H141" t="s">
         <v>164</v>
       </c>
       <c r="I141">
         <v>534</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
-        <v>37603</v>
+        <v>40989</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>161</v>
       </c>
       <c r="D142" t="s">
         <v>162</v>
       </c>
       <c r="E142" t="s">
         <v>163</v>
       </c>
       <c r="F142" t="s">
         <v>83</v>
       </c>
       <c r="G142" t="s">
         <v>26</v>
       </c>
       <c r="H142" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
       <c r="I142">
         <v>534</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>47431</v>
+        <v>57670</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>161</v>
       </c>
       <c r="D143" t="s">
         <v>162</v>
       </c>
       <c r="E143" t="s">
         <v>163</v>
       </c>
       <c r="F143" t="s">
         <v>83</v>
       </c>
       <c r="G143" t="s">
         <v>30</v>
       </c>
       <c r="H143" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="I143">
         <v>534</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
-        <v>41003</v>
+        <v>57671</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>161</v>
       </c>
       <c r="D144" t="s">
         <v>162</v>
       </c>
       <c r="E144" t="s">
         <v>163</v>
       </c>
       <c r="F144" t="s">
         <v>83</v>
       </c>
       <c r="G144" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H144" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="I144">
         <v>534</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>35785</v>
+        <v>41075</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>161</v>
       </c>
       <c r="D145" t="s">
         <v>162</v>
       </c>
       <c r="E145" t="s">
         <v>163</v>
       </c>
       <c r="F145" t="s">
         <v>83</v>
       </c>
       <c r="G145" t="s">
         <v>15</v>
       </c>
       <c r="H145" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
       <c r="I145">
         <v>534</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>44941</v>
+        <v>43351</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>161</v>
       </c>
       <c r="D146" t="s">
         <v>162</v>
       </c>
       <c r="E146" t="s">
         <v>165</v>
       </c>
       <c r="F146" t="s">
         <v>93</v>
       </c>
       <c r="G146" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H146"/>
       <c r="I146">
         <v>534</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>58634</v>
+        <v>59549</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>161</v>
       </c>
       <c r="D147" t="s">
         <v>162</v>
       </c>
       <c r="E147" t="s">
         <v>165</v>
       </c>
       <c r="F147" t="s">
         <v>93</v>
       </c>
       <c r="G147" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H147"/>
       <c r="I147">
         <v>534</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>59049</v>
+        <v>47544</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>161</v>
       </c>
       <c r="D148" t="s">
         <v>162</v>
       </c>
       <c r="E148" t="s">
         <v>165</v>
       </c>
       <c r="F148" t="s">
         <v>93</v>
       </c>
       <c r="G148" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H148"/>
       <c r="I148">
         <v>534</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>59050</v>
+        <v>47537</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>161</v>
       </c>
       <c r="D149" t="s">
         <v>162</v>
       </c>
       <c r="E149" t="s">
         <v>165</v>
       </c>
       <c r="F149" t="s">
         <v>93</v>
       </c>
       <c r="G149" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H149"/>
       <c r="I149">
         <v>534</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>59052</v>
+        <v>47522</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>161</v>
       </c>
       <c r="D150" t="s">
         <v>162</v>
       </c>
       <c r="E150" t="s">
         <v>165</v>
       </c>
       <c r="F150" t="s">
         <v>93</v>
       </c>
       <c r="G150" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H150"/>
       <c r="I150">
         <v>534</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>44942</v>
+        <v>44944</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>161</v>
       </c>
       <c r="D151" t="s">
         <v>162</v>
       </c>
       <c r="E151" t="s">
         <v>165</v>
       </c>
       <c r="F151" t="s">
         <v>93</v>
       </c>
       <c r="G151" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H151"/>
       <c r="I151">
         <v>534</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>44944</v>
+        <v>44942</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>161</v>
       </c>
       <c r="D152" t="s">
         <v>162</v>
       </c>
       <c r="E152" t="s">
         <v>165</v>
       </c>
       <c r="F152" t="s">
         <v>93</v>
       </c>
       <c r="G152" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H152"/>
       <c r="I152">
         <v>534</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>47522</v>
+        <v>59052</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>161</v>
       </c>
       <c r="D153" t="s">
         <v>162</v>
       </c>
       <c r="E153" t="s">
         <v>165</v>
       </c>
       <c r="F153" t="s">
         <v>93</v>
       </c>
       <c r="G153" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H153"/>
       <c r="I153">
         <v>534</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>47537</v>
+        <v>59050</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>161</v>
       </c>
       <c r="D154" t="s">
         <v>162</v>
       </c>
       <c r="E154" t="s">
         <v>165</v>
       </c>
       <c r="F154" t="s">
         <v>93</v>
       </c>
       <c r="G154" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H154"/>
       <c r="I154">
         <v>534</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>47544</v>
+        <v>59049</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>161</v>
       </c>
       <c r="D155" t="s">
         <v>162</v>
       </c>
       <c r="E155" t="s">
         <v>165</v>
       </c>
       <c r="F155" t="s">
         <v>93</v>
       </c>
       <c r="G155" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H155"/>
       <c r="I155">
         <v>534</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>59549</v>
+        <v>43350</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>161</v>
       </c>
       <c r="D156" t="s">
         <v>162</v>
       </c>
       <c r="E156" t="s">
         <v>165</v>
       </c>
       <c r="F156" t="s">
         <v>93</v>
       </c>
       <c r="G156" t="s">
         <v>30</v>
       </c>
       <c r="H156"/>
       <c r="I156">
         <v>534</v>
       </c>
     </row>
     <row r="157" spans="1:9">
@@ -5250,831 +5250,831 @@
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>161</v>
       </c>
       <c r="D157" t="s">
         <v>162</v>
       </c>
       <c r="E157" t="s">
         <v>165</v>
       </c>
       <c r="F157" t="s">
         <v>93</v>
       </c>
       <c r="G157" t="s">
         <v>30</v>
       </c>
       <c r="H157"/>
       <c r="I157">
         <v>534</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>43351</v>
+        <v>58634</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>161</v>
       </c>
       <c r="D158" t="s">
         <v>162</v>
       </c>
       <c r="E158" t="s">
         <v>165</v>
       </c>
       <c r="F158" t="s">
         <v>93</v>
       </c>
       <c r="G158" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H158"/>
       <c r="I158">
         <v>534</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>43350</v>
+        <v>43349</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>161</v>
       </c>
       <c r="D159" t="s">
         <v>162</v>
       </c>
       <c r="E159" t="s">
         <v>165</v>
       </c>
       <c r="F159" t="s">
         <v>93</v>
       </c>
       <c r="G159" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H159"/>
       <c r="I159">
         <v>534</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>43348</v>
+        <v>59051</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>161</v>
       </c>
       <c r="D160" t="s">
         <v>162</v>
       </c>
       <c r="E160" t="s">
         <v>165</v>
       </c>
       <c r="F160" t="s">
         <v>93</v>
       </c>
       <c r="G160" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H160"/>
       <c r="I160">
         <v>534</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>43349</v>
+        <v>44941</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>161</v>
       </c>
       <c r="D161" t="s">
         <v>162</v>
       </c>
       <c r="E161" t="s">
         <v>165</v>
       </c>
       <c r="F161" t="s">
         <v>93</v>
       </c>
       <c r="G161" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H161"/>
       <c r="I161">
         <v>534</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>59051</v>
+        <v>43348</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>161</v>
       </c>
       <c r="D162" t="s">
         <v>162</v>
       </c>
       <c r="E162" t="s">
         <v>165</v>
       </c>
       <c r="F162" t="s">
         <v>93</v>
       </c>
       <c r="G162" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H162"/>
       <c r="I162">
         <v>534</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>53884</v>
+        <v>57291</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>161</v>
       </c>
       <c r="D163" t="s">
         <v>166</v>
       </c>
       <c r="E163" t="s">
         <v>165</v>
       </c>
       <c r="F163" t="s">
         <v>81</v>
       </c>
       <c r="G163" t="s">
         <v>15</v>
       </c>
       <c r="H163"/>
       <c r="I163">
         <v>534</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>53883</v>
+        <v>53884</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>161</v>
       </c>
       <c r="D164" t="s">
         <v>166</v>
       </c>
       <c r="E164" t="s">
         <v>165</v>
       </c>
       <c r="F164" t="s">
         <v>81</v>
       </c>
       <c r="G164" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H164"/>
       <c r="I164">
         <v>534</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>61599</v>
+        <v>53883</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>161</v>
       </c>
       <c r="D165" t="s">
         <v>166</v>
       </c>
       <c r="E165" t="s">
         <v>165</v>
       </c>
       <c r="F165" t="s">
         <v>81</v>
       </c>
       <c r="G165" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H165"/>
       <c r="I165">
         <v>534</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>57291</v>
+        <v>61599</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>161</v>
       </c>
       <c r="D166" t="s">
         <v>166</v>
       </c>
       <c r="E166" t="s">
         <v>165</v>
       </c>
       <c r="F166" t="s">
         <v>81</v>
       </c>
       <c r="G166" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H166"/>
       <c r="I166">
         <v>534</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
         <v>36416</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>161</v>
       </c>
       <c r="D167" t="s">
         <v>166</v>
       </c>
       <c r="E167" t="s">
         <v>165</v>
       </c>
       <c r="F167" t="s">
         <v>81</v>
       </c>
       <c r="G167" t="s">
         <v>26</v>
       </c>
       <c r="H167"/>
       <c r="I167">
         <v>534</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>57708</v>
+        <v>44567</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>161</v>
       </c>
       <c r="D168" t="s">
         <v>167</v>
       </c>
       <c r="E168" t="s">
         <v>163</v>
       </c>
       <c r="F168" t="s">
         <v>168</v>
       </c>
       <c r="G168" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H168" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
       <c r="I168">
         <v>534</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>57500</v>
+        <v>57499</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>161</v>
       </c>
       <c r="D169" t="s">
         <v>167</v>
       </c>
       <c r="E169" t="s">
         <v>163</v>
       </c>
       <c r="F169" t="s">
         <v>168</v>
       </c>
       <c r="G169" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H169"/>
       <c r="I169">
         <v>534</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
         <v>44566</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>161</v>
       </c>
       <c r="D170" t="s">
         <v>167</v>
       </c>
       <c r="E170" t="s">
         <v>163</v>
       </c>
       <c r="F170" t="s">
         <v>168</v>
       </c>
       <c r="G170" t="s">
         <v>26</v>
       </c>
       <c r="H170" t="s">
         <v>115</v>
       </c>
       <c r="I170">
         <v>534</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>44567</v>
+        <v>57708</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>161</v>
       </c>
       <c r="D171" t="s">
         <v>167</v>
       </c>
       <c r="E171" t="s">
         <v>163</v>
       </c>
       <c r="F171" t="s">
         <v>168</v>
       </c>
       <c r="G171" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H171" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="I171">
         <v>534</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>57499</v>
+        <v>57500</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>161</v>
       </c>
       <c r="D172" t="s">
         <v>167</v>
       </c>
       <c r="E172" t="s">
         <v>163</v>
       </c>
       <c r="F172" t="s">
         <v>168</v>
       </c>
       <c r="G172" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H172"/>
       <c r="I172">
         <v>534</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
         <v>61675</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>161</v>
       </c>
       <c r="D173" t="s">
         <v>169</v>
       </c>
       <c r="E173" t="s">
         <v>165</v>
       </c>
       <c r="F173" t="s">
         <v>81</v>
       </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="H173"/>
       <c r="I173">
         <v>534</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>60371</v>
+        <v>59560</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>161</v>
       </c>
       <c r="D174" t="s">
         <v>170</v>
       </c>
       <c r="E174" t="s">
         <v>165</v>
       </c>
       <c r="F174" t="s">
         <v>171</v>
       </c>
       <c r="G174" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H174"/>
       <c r="I174">
         <v>534</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>59863</v>
+        <v>60371</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>161</v>
       </c>
       <c r="D175" t="s">
         <v>170</v>
       </c>
       <c r="E175" t="s">
         <v>165</v>
       </c>
       <c r="F175" t="s">
         <v>171</v>
       </c>
       <c r="G175" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H175"/>
       <c r="I175">
         <v>534</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>59560</v>
+        <v>53304</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>161</v>
       </c>
       <c r="D176" t="s">
         <v>170</v>
       </c>
       <c r="E176" t="s">
         <v>165</v>
       </c>
       <c r="F176" t="s">
         <v>171</v>
       </c>
       <c r="G176" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H176"/>
       <c r="I176">
         <v>534</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>56650</v>
+        <v>59871</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>161</v>
       </c>
       <c r="D177" t="s">
         <v>170</v>
       </c>
       <c r="E177" t="s">
         <v>165</v>
       </c>
       <c r="F177" t="s">
         <v>171</v>
       </c>
       <c r="G177" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H177"/>
       <c r="I177">
         <v>534</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>59871</v>
+        <v>59863</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>161</v>
       </c>
       <c r="D178" t="s">
         <v>170</v>
       </c>
       <c r="E178" t="s">
         <v>165</v>
       </c>
       <c r="F178" t="s">
         <v>171</v>
       </c>
       <c r="G178" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H178"/>
       <c r="I178">
         <v>534</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>55414</v>
+        <v>56650</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>161</v>
       </c>
       <c r="D179" t="s">
         <v>170</v>
       </c>
       <c r="E179" t="s">
         <v>165</v>
       </c>
       <c r="F179" t="s">
         <v>171</v>
       </c>
       <c r="G179" t="s">
         <v>30</v>
       </c>
       <c r="H179"/>
       <c r="I179">
         <v>534</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>53304</v>
+        <v>55414</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>161</v>
       </c>
       <c r="D180" t="s">
         <v>170</v>
       </c>
       <c r="E180" t="s">
         <v>165</v>
       </c>
       <c r="F180" t="s">
         <v>171</v>
       </c>
       <c r="G180" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H180"/>
       <c r="I180">
         <v>534</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>49377</v>
+        <v>49398</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>161</v>
       </c>
       <c r="D181" t="s">
         <v>172</v>
       </c>
       <c r="E181" t="s">
         <v>173</v>
       </c>
       <c r="F181" t="s">
         <v>174</v>
       </c>
       <c r="G181" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H181"/>
       <c r="I181">
         <v>534</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>49397</v>
+        <v>48291</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>161</v>
       </c>
       <c r="D182" t="s">
         <v>172</v>
       </c>
       <c r="E182" t="s">
         <v>173</v>
       </c>
       <c r="F182" t="s">
         <v>174</v>
       </c>
       <c r="G182" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H182"/>
       <c r="I182">
         <v>534</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>49398</v>
+        <v>48292</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>161</v>
       </c>
       <c r="D183" t="s">
         <v>172</v>
       </c>
       <c r="E183" t="s">
         <v>173</v>
       </c>
       <c r="F183" t="s">
         <v>174</v>
       </c>
       <c r="G183" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H183"/>
       <c r="I183">
         <v>534</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>48292</v>
+        <v>49377</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>161</v>
       </c>
       <c r="D184" t="s">
         <v>172</v>
       </c>
       <c r="E184" t="s">
         <v>173</v>
       </c>
       <c r="F184" t="s">
         <v>174</v>
       </c>
       <c r="G184" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H184"/>
       <c r="I184">
         <v>534</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
         <v>48370</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>161</v>
       </c>
       <c r="D185" t="s">
         <v>172</v>
       </c>
       <c r="E185" t="s">
         <v>173</v>
       </c>
       <c r="F185" t="s">
         <v>174</v>
       </c>
       <c r="G185" t="s">
         <v>15</v>
       </c>
       <c r="H185"/>
       <c r="I185">
         <v>534</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>48291</v>
+        <v>49397</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>161</v>
       </c>
       <c r="D186" t="s">
         <v>172</v>
       </c>
       <c r="E186" t="s">
         <v>173</v>
       </c>
       <c r="F186" t="s">
         <v>174</v>
       </c>
       <c r="G186" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H186"/>
       <c r="I186">
         <v>534</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
         <v>59668</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>161</v>
       </c>
       <c r="D187" t="s">
         <v>172</v>
       </c>
       <c r="E187" t="s">
         <v>175</v>
       </c>
       <c r="F187" t="s">
         <v>107</v>
       </c>