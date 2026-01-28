--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Насос топливный" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Код товара</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Кузов</t>
   </si>
   <si>
     <t>Двигатель</t>
   </si>
   <si>
     <t>Расположение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
@@ -126,62 +126,50 @@
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">KNY51     </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t>170401MA0A</t>
   </si>
   <si>
     <t xml:space="preserve">Juke                                    </t>
   </si>
   <si>
     <t xml:space="preserve">YF15      </t>
   </si>
   <si>
     <t>HR15DE</t>
   </si>
   <si>
     <t>17040-1KT0A</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
-  </si>
-[...10 lines deleted...]
-    <t>новый, аналог</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t>17040-1CH0C</t>
   </si>
   <si>
     <t>новый, оригинал, Aisan 1001-40W33</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
   <si>
     <t xml:space="preserve">Z62       </t>
   </si>
   <si>
     <t>VK56VD</t>
   </si>
@@ -526,51 +514,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I18"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -596,491 +584,462 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>42187</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>42189</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>42194</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>12</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>42190</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>12</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>42186</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>12</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>42074</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>42067</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>19</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
       <c r="H8" t="s">
         <v>22</v>
       </c>
       <c r="I8">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>42061</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>19</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>42082</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10" t="s">
         <v>26</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
       <c r="H10" t="s">
         <v>27</v>
       </c>
       <c r="I10">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>42191</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>12</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>52783</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>31</v>
       </c>
       <c r="G12" t="s">
         <v>12</v>
       </c>
       <c r="H12" t="s">
         <v>32</v>
       </c>
       <c r="I12">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>47172</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
         <v>36</v>
       </c>
       <c r="I13">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>42703</v>
+        <v>61311</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
         <v>41</v>
       </c>
       <c r="I14">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>61311</v>
+        <v>55603</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" t="s">
         <v>42</v>
       </c>
-      <c r="E15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I15">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>55603</v>
+        <v>60681</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
       <c r="I16">
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>60681</v>
+        <v>42068</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H17" t="s">
         <v>47</v>
       </c>
-      <c r="E17" t="s">
-[...8 lines deleted...]
-      <c r="H17"/>
       <c r="I17">
-        <v>1777</v>
-[...26 lines deleted...]
-        <v>1777</v>
+        <v>1738</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">