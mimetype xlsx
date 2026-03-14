--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -77,59 +77,59 @@
   <si>
     <t xml:space="preserve">MAZDA               </t>
   </si>
   <si>
     <t xml:space="preserve">TOYOTA              </t>
   </si>
   <si>
     <t xml:space="preserve">MITSUBISHI          </t>
   </si>
   <si>
     <t xml:space="preserve">DAIHATSU            </t>
   </si>
   <si>
     <t xml:space="preserve">SUBARU              </t>
   </si>
   <si>
     <t xml:space="preserve">Forester                                </t>
   </si>
   <si>
     <t xml:space="preserve">SJ5       </t>
   </si>
   <si>
     <t>FB20</t>
   </si>
   <si>
+    <t>42021SG010CL</t>
+  </si>
+  <si>
     <t>42021SG020CL</t>
   </si>
   <si>
     <t>42021CG000CL</t>
   </si>
   <si>
-    <t>42021SG010CL</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Pleo                                    </t>
   </si>
   <si>
     <t xml:space="preserve">RA2       </t>
   </si>
   <si>
     <t>EN07</t>
   </si>
   <si>
     <t>42021KE000</t>
   </si>
   <si>
     <t xml:space="preserve">NISSAN              </t>
   </si>
   <si>
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">KNY51     </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t>170401MA0A</t>
@@ -137,54 +137,54 @@
   <si>
     <t xml:space="preserve">Juke                                    </t>
   </si>
   <si>
     <t xml:space="preserve">YF15      </t>
   </si>
   <si>
     <t>HR15DE</t>
   </si>
   <si>
     <t>17040-1KT0A</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
+    <t>новый, оригинал, Aisan 1001-40W33</t>
+  </si>
+  <si>
     <t>17040-1CH0C</t>
-  </si>
-[...1 lines deleted...]
-    <t>новый, оригинал, Aisan 1001-40W33</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
   <si>
     <t xml:space="preserve">Z62       </t>
   </si>
   <si>
     <t>VK56VD</t>
   </si>
   <si>
     <t xml:space="preserve">VOLKSWAGEN          </t>
   </si>
   <si>
     <t>228 233 003 001, 6N0 919 051 N</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -689,109 +689,109 @@
         <v>42186</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>12</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>1738</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>42074</v>
+        <v>42061</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7">
         <v>1738</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>42067</v>
+        <v>42074</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>19</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
       <c r="H8" t="s">
         <v>22</v>
       </c>
       <c r="I8">
         <v>1738</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>42061</v>
+        <v>42067</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>19</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9">
         <v>1738</v>
       </c>
@@ -888,80 +888,80 @@
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
         <v>36</v>
       </c>
       <c r="I13">
         <v>1738</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>61311</v>
+        <v>55603</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
         <v>41</v>
       </c>
       <c r="I14">
         <v>1738</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>55603</v>
+        <v>61311</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
         <v>42</v>
       </c>
       <c r="I15">
         <v>1738</v>
       </c>