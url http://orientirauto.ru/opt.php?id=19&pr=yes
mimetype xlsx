--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -257,54 +257,54 @@
   <si>
     <t>ATQ</t>
   </si>
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
+    <t xml:space="preserve"> Перед. Нижн.</t>
+  </si>
+  <si>
     <t>2WD</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Перед. Нижн.</t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>VQ35HR</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t>54401-1CA0A</t>
   </si>
   <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
@@ -1090,154 +1090,152 @@
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>50</v>
       </c>
       <c r="E15" t="s">
         <v>51</v>
       </c>
       <c r="F15" t="s">
         <v>52</v>
       </c>
       <c r="G15" t="s">
         <v>18</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>3956</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>52468</v>
+        <v>52667</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>3956</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>52667</v>
+        <v>52468</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>34</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>42</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>3956</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>56490</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>34</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>18</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>3956</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>51378</v>
+        <v>42454</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>34</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>42</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H19"/>
       <c r="I19">
         <v>3956</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>36036</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>34</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
         <v>18</v>
@@ -1283,98 +1281,100 @@
       </c>
       <c r="C22" t="s">
         <v>34</v>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>42</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>43</v>
       </c>
       <c r="I22">
         <v>3956</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>42454</v>
+        <v>51156</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>34</v>
       </c>
       <c r="D23" t="s">
         <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>58</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23" t="s">
         <v>18</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>3956</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>51156</v>
+        <v>51378</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>34</v>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>58</v>
       </c>
       <c r="F24" t="s">
         <v>42</v>
       </c>
       <c r="G24" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H24"/>
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
+        <v>43</v>
+      </c>
       <c r="I24">
         <v>3956</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>61053</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>34</v>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>60</v>
       </c>
       <c r="F25" t="s">
         <v>61</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
@@ -1420,592 +1420,592 @@
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27" t="s">
         <v>67</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>69</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>3956</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>42452</v>
+        <v>42449</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>73</v>
       </c>
       <c r="G28" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>3956</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>42449</v>
+        <v>42452</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>70</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>73</v>
       </c>
       <c r="G29" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>3956</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>51416</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>74</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>77</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>3956</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>46599</v>
+        <v>47377</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>78</v>
       </c>
       <c r="D31" t="s">
         <v>79</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
         <v>42</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
-      <c r="H31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
       <c r="I31">
         <v>3956</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>56164</v>
+        <v>42451</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>42</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
       <c r="I32">
         <v>3956</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>46596</v>
+        <v>59034</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33" t="s">
         <v>79</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>42</v>
       </c>
       <c r="G33" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="H33"/>
+        <v>81</v>
+      </c>
+      <c r="H33" t="s">
+        <v>43</v>
+      </c>
       <c r="I33">
         <v>3956</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>42440</v>
+        <v>56164</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>78</v>
       </c>
       <c r="D34" t="s">
         <v>79</v>
       </c>
       <c r="E34" t="s">
         <v>80</v>
       </c>
       <c r="F34" t="s">
         <v>42</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
-      <c r="H34"/>
+      <c r="H34" t="s">
+        <v>43</v>
+      </c>
       <c r="I34">
         <v>3956</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>42442</v>
+        <v>46599</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>80</v>
       </c>
       <c r="F35" t="s">
         <v>42</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
-      <c r="H35"/>
+      <c r="H35" t="s">
+        <v>82</v>
+      </c>
       <c r="I35">
         <v>3956</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>40831</v>
+        <v>42442</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>78</v>
       </c>
       <c r="D36" t="s">
         <v>79</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>42</v>
       </c>
       <c r="G36" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>3956</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>47377</v>
+        <v>42440</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>78</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>80</v>
       </c>
       <c r="F37" t="s">
         <v>42</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>3956</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>42451</v>
+        <v>46596</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>78</v>
       </c>
       <c r="D38" t="s">
         <v>79</v>
       </c>
       <c r="E38" t="s">
         <v>80</v>
       </c>
       <c r="F38" t="s">
         <v>42</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>3956</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>54290</v>
+        <v>40831</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>78</v>
       </c>
       <c r="D39" t="s">
         <v>79</v>
       </c>
       <c r="E39" t="s">
         <v>80</v>
       </c>
       <c r="F39" t="s">
         <v>42</v>
       </c>
       <c r="G39" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>3956</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>59034</v>
+        <v>50773</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>78</v>
       </c>
       <c r="D40" t="s">
         <v>79</v>
       </c>
       <c r="E40" t="s">
         <v>80</v>
       </c>
       <c r="F40" t="s">
         <v>42</v>
       </c>
       <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I40">
         <v>3956</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>50773</v>
+        <v>54290</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41" t="s">
         <v>79</v>
       </c>
       <c r="E41" t="s">
         <v>80</v>
       </c>
       <c r="F41" t="s">
         <v>42</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H41" t="s">
         <v>81</v>
       </c>
+      <c r="H41"/>
       <c r="I41">
         <v>3956</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>59224</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>78</v>
       </c>
       <c r="D42" t="s">
         <v>79</v>
       </c>
       <c r="E42" t="s">
         <v>83</v>
       </c>
       <c r="F42" t="s">
         <v>84</v>
       </c>
       <c r="G42" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>3956</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>46432</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>78</v>
       </c>
       <c r="D43" t="s">
         <v>79</v>
       </c>
       <c r="E43" t="s">
         <v>83</v>
       </c>
       <c r="F43" t="s">
         <v>84</v>
       </c>
       <c r="G43" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>3956</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>61463</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>78</v>
       </c>
       <c r="D44" t="s">
         <v>85</v>
       </c>
       <c r="E44" t="s">
         <v>83</v>
       </c>
       <c r="F44" t="s">
         <v>40</v>
       </c>
       <c r="G44" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H44" t="s">
         <v>86</v>
       </c>
       <c r="I44">
         <v>3956</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>42444</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>78</v>
       </c>
       <c r="D45" t="s">
         <v>87</v>
       </c>
       <c r="E45" t="s">
         <v>80</v>
       </c>
       <c r="F45" t="s">
         <v>88</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45"/>
       <c r="I45">
         <v>3956</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>57378</v>
+        <v>57482</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>78</v>
       </c>
       <c r="D46" t="s">
         <v>87</v>
       </c>
       <c r="E46" t="s">
         <v>80</v>
       </c>
       <c r="F46" t="s">
         <v>88</v>
       </c>
       <c r="G46" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H46"/>
       <c r="I46">
         <v>3956</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>57482</v>
+        <v>57378</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>78</v>
       </c>
       <c r="D47" t="s">
         <v>87</v>
       </c>
       <c r="E47" t="s">
         <v>80</v>
       </c>
       <c r="F47" t="s">
         <v>88</v>
       </c>
       <c r="G47" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>3956</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>61781</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>78</v>
       </c>
       <c r="D48" t="s">
         <v>89</v>
       </c>
       <c r="E48" t="s">
         <v>83</v>
       </c>
       <c r="F48" t="s">
         <v>40</v>
       </c>
@@ -2026,100 +2026,100 @@
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>78</v>
       </c>
       <c r="D49" t="s">
         <v>90</v>
       </c>
       <c r="E49" t="s">
         <v>83</v>
       </c>
       <c r="F49" t="s">
         <v>91</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>3956</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>49607</v>
+        <v>49608</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>78</v>
       </c>
       <c r="D50" t="s">
         <v>92</v>
       </c>
       <c r="E50" t="s">
         <v>93</v>
       </c>
       <c r="F50" t="s">
         <v>94</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
-      <c r="H50"/>
+      <c r="H50" t="s">
+        <v>95</v>
+      </c>
       <c r="I50">
         <v>3956</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>49608</v>
+        <v>49607</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>78</v>
       </c>
       <c r="D51" t="s">
         <v>92</v>
       </c>
       <c r="E51" t="s">
         <v>93</v>
       </c>
       <c r="F51" t="s">
         <v>94</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
-      <c r="H51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
       <c r="I51">
         <v>3956</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>