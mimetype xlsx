--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -658,51 +658,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I51"/>
+  <dimension ref="A1:I50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -730,1398 +730,1371 @@
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>52001</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>52916</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>43009</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>43086</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>22</v>
       </c>
       <c r="I5">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>41936</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>42457</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7" t="s">
         <v>18</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>41938</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>29</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8"/>
       <c r="I8">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>42450</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>42435</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
       <c r="E10" t="s">
         <v>36</v>
       </c>
       <c r="F10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>52851</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>38</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11" t="s">
         <v>40</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>50462</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>42</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>43</v>
       </c>
       <c r="I12">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>47151</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>44</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13" t="s">
         <v>18</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>42466</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>48</v>
       </c>
       <c r="F14" t="s">
         <v>49</v>
       </c>
       <c r="G14" t="s">
         <v>18</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>42467</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>50</v>
       </c>
       <c r="E15" t="s">
         <v>51</v>
       </c>
       <c r="F15" t="s">
         <v>52</v>
       </c>
       <c r="G15" t="s">
         <v>18</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>52667</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>52468</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>34</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>42</v>
       </c>
       <c r="G17" t="s">
         <v>18</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>56490</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>34</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>18</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>42454</v>
+        <v>51378</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>34</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>42</v>
       </c>
       <c r="G19" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H19"/>
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>43</v>
+      </c>
       <c r="I19">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>36036</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>34</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
         <v>18</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>41937</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>34</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
       <c r="F21" t="s">
         <v>42</v>
       </c>
       <c r="G21" t="s">
         <v>18</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>42445</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>34</v>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>42</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>43</v>
       </c>
       <c r="I22">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>51156</v>
+        <v>42454</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>34</v>
       </c>
       <c r="D23" t="s">
         <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>58</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23" t="s">
         <v>18</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>51378</v>
+        <v>51156</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>34</v>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>58</v>
       </c>
       <c r="F24" t="s">
         <v>42</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>61053</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>34</v>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>60</v>
       </c>
       <c r="F25" t="s">
         <v>61</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>62</v>
       </c>
       <c r="I25">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>47980</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>63</v>
       </c>
       <c r="D26" t="s">
         <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>65</v>
       </c>
       <c r="F26" t="s">
         <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>18</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>55087</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27" t="s">
         <v>67</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>69</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>42449</v>
+        <v>42452</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>73</v>
       </c>
       <c r="G28" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>42452</v>
+        <v>42449</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>70</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>73</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H29"/>
       <c r="I29">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>51416</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>74</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>77</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>47377</v>
+        <v>56164</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>78</v>
       </c>
       <c r="D31" t="s">
         <v>79</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
         <v>42</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>43</v>
+      </c>
       <c r="I31">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>42451</v>
+        <v>46596</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>42</v>
       </c>
       <c r="G32" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>59034</v>
+        <v>50773</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33" t="s">
         <v>79</v>
       </c>
       <c r="E33" t="s">
         <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>42</v>
       </c>
       <c r="G33" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="I33">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>56164</v>
+        <v>40831</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>78</v>
       </c>
       <c r="D34" t="s">
         <v>79</v>
       </c>
       <c r="E34" t="s">
         <v>80</v>
       </c>
       <c r="F34" t="s">
         <v>42</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="H34"/>
       <c r="I34">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>46599</v>
+        <v>42440</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>80</v>
       </c>
       <c r="F35" t="s">
         <v>42</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
-      <c r="H35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H35"/>
       <c r="I35">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>42442</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>78</v>
       </c>
       <c r="D36" t="s">
         <v>79</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>42</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>42440</v>
+        <v>47377</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>78</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>80</v>
       </c>
       <c r="F37" t="s">
         <v>42</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>46596</v>
+        <v>54290</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>78</v>
       </c>
       <c r="D38" t="s">
         <v>79</v>
       </c>
       <c r="E38" t="s">
         <v>80</v>
       </c>
       <c r="F38" t="s">
         <v>42</v>
       </c>
       <c r="G38" t="s">
         <v>81</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>40831</v>
+        <v>42451</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>78</v>
       </c>
       <c r="D39" t="s">
         <v>79</v>
       </c>
       <c r="E39" t="s">
         <v>80</v>
       </c>
       <c r="F39" t="s">
         <v>42</v>
       </c>
       <c r="G39" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>50773</v>
+        <v>59034</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>78</v>
       </c>
       <c r="D40" t="s">
         <v>79</v>
       </c>
       <c r="E40" t="s">
         <v>80</v>
       </c>
       <c r="F40" t="s">
         <v>42</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="H40" t="s">
-        <v>82</v>
+        <v>43</v>
       </c>
       <c r="I40">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>54290</v>
+        <v>46599</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41" t="s">
         <v>79</v>
       </c>
       <c r="E41" t="s">
         <v>80</v>
       </c>
       <c r="F41" t="s">
         <v>42</v>
       </c>
       <c r="G41" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H41"/>
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
+        <v>82</v>
+      </c>
       <c r="I41">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>59224</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>78</v>
       </c>
       <c r="D42" t="s">
         <v>79</v>
       </c>
       <c r="E42" t="s">
         <v>83</v>
       </c>
       <c r="F42" t="s">
         <v>84</v>
       </c>
       <c r="G42" t="s">
         <v>81</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>46432</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>78</v>
       </c>
       <c r="D43" t="s">
         <v>79</v>
       </c>
       <c r="E43" t="s">
         <v>83</v>
       </c>
       <c r="F43" t="s">
         <v>84</v>
       </c>
       <c r="G43" t="s">
         <v>81</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>61463</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>78</v>
       </c>
       <c r="D44" t="s">
         <v>85</v>
       </c>
       <c r="E44" t="s">
         <v>83</v>
       </c>
       <c r="F44" t="s">
         <v>40</v>
       </c>
       <c r="G44" t="s">
         <v>81</v>
       </c>
       <c r="H44" t="s">
         <v>86</v>
       </c>
       <c r="I44">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>42444</v>
+        <v>57482</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>78</v>
       </c>
       <c r="D45" t="s">
         <v>87</v>
       </c>
       <c r="E45" t="s">
         <v>80</v>
       </c>
       <c r="F45" t="s">
         <v>88</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>57482</v>
+        <v>42444</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>78</v>
       </c>
       <c r="D46" t="s">
         <v>87</v>
       </c>
       <c r="E46" t="s">
         <v>80</v>
       </c>
       <c r="F46" t="s">
         <v>88</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>57378</v>
+        <v>61781</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>78</v>
       </c>
       <c r="D47" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E47" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F47" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="G47" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H47"/>
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
+        <v>86</v>
+      </c>
       <c r="I47">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>61781</v>
+        <v>59539</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>78</v>
       </c>
       <c r="D48" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E48" t="s">
         <v>83</v>
       </c>
       <c r="F48" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>59539</v>
+        <v>49608</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>78</v>
       </c>
       <c r="D49" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E49" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="F49" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
-      <c r="H49"/>
+      <c r="H49" t="s">
+        <v>95</v>
+      </c>
       <c r="I49">
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>49608</v>
+        <v>49607</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>78</v>
       </c>
       <c r="D50" t="s">
         <v>92</v>
       </c>
       <c r="E50" t="s">
         <v>93</v>
       </c>
       <c r="F50" t="s">
         <v>94</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
       <c r="I50">
-        <v>3956</v>
-[...26 lines deleted...]
-        <v>3956</v>
+        <v>4012</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">