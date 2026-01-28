--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -107,54 +107,54 @@
   <si>
     <t>FB20</t>
   </si>
   <si>
     <t>872700-5630, правый руль</t>
   </si>
   <si>
     <t xml:space="preserve">Impreza                                 </t>
   </si>
   <si>
     <t xml:space="preserve">GH2       </t>
   </si>
   <si>
     <t>EL15</t>
   </si>
   <si>
     <t xml:space="preserve">Legacy                                  </t>
   </si>
   <si>
     <t xml:space="preserve">BP5       </t>
   </si>
   <si>
     <t>EJ20</t>
   </si>
   <si>
+    <t>272700-0210</t>
+  </si>
+  <si>
     <t>272700-0211</t>
-  </si>
-[...1 lines deleted...]
-    <t>272700-0210</t>
   </si>
   <si>
     <t xml:space="preserve">NISSAN              </t>
   </si>
   <si>
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">KNY51     </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t>272201ME0A</t>
   </si>
   <si>
     <t xml:space="preserve">PNY50     </t>
   </si>
   <si>
     <t>VQ35DE</t>
   </si>
   <si>
     <t>27220JK00B</t>
   </si>
@@ -783,80 +783,80 @@
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>1319</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>46534</v>
+        <v>46533</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>24</v>
       </c>
       <c r="I5">
         <v>1319</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>46533</v>
+        <v>46534</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>24</v>
       </c>
       <c r="I6">
         <v>1319</v>
       </c>
@@ -899,80 +899,80 @@
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>24</v>
       </c>
       <c r="I8">
         <v>1319</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>45950</v>
+        <v>45951</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>31</v>
       </c>
       <c r="I9">
         <v>1319</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>45951</v>
+        <v>45950</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>32</v>
       </c>
       <c r="I10">
         <v>1319</v>
       </c>
@@ -1015,78 +1015,78 @@
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>39</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>40</v>
       </c>
       <c r="I12">
         <v>1319</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>45857</v>
+        <v>45856</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>1319</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>45856</v>
+        <v>45857</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>1319</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1177,51 +1177,51 @@
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>33</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>51</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>1319</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>51564</v>
+        <v>45859</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>39</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>1319</v>
       </c>
     </row>
     <row r="20" spans="1:9">
@@ -1258,51 +1258,51 @@
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>33</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21" t="s">
         <v>53</v>
       </c>
       <c r="F21" t="s">
         <v>39</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>1319</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>45859</v>
+        <v>51564</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>33</v>
       </c>
       <c r="D22" t="s">
         <v>52</v>
       </c>
       <c r="E22" t="s">
         <v>53</v>
       </c>
       <c r="F22" t="s">
         <v>39</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>1319</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1397,132 +1397,132 @@
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>63</v>
       </c>
       <c r="D26" t="s">
         <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>65</v>
       </c>
       <c r="F26" t="s">
         <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>1319</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>45871</v>
+        <v>45870</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27" t="s">
         <v>64</v>
       </c>
       <c r="E27" t="s">
         <v>67</v>
       </c>
       <c r="F27" t="s">
         <v>68</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>1319</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>45870</v>
+        <v>45871</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28" t="s">
         <v>64</v>
       </c>
       <c r="E28" t="s">
         <v>67</v>
       </c>
       <c r="F28" t="s">
         <v>68</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>1319</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>45872</v>
+        <v>45873</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>63</v>
       </c>
       <c r="D29" t="s">
         <v>64</v>
       </c>
       <c r="E29" t="s">
         <v>69</v>
       </c>
       <c r="F29" t="s">
         <v>70</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>1319</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>45873</v>
+        <v>45872</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>63</v>
       </c>
       <c r="D30" t="s">
         <v>64</v>
       </c>
       <c r="E30" t="s">
         <v>69</v>
       </c>
       <c r="F30" t="s">
         <v>70</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>1319</v>
       </c>
     </row>
     <row r="31" spans="1:9">