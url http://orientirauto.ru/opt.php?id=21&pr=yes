--- v1 (2026-01-28)
+++ v2 (2026-01-28)
@@ -107,54 +107,54 @@
   <si>
     <t>FB20</t>
   </si>
   <si>
     <t>872700-5630, правый руль</t>
   </si>
   <si>
     <t xml:space="preserve">Impreza                                 </t>
   </si>
   <si>
     <t xml:space="preserve">GH2       </t>
   </si>
   <si>
     <t>EL15</t>
   </si>
   <si>
     <t xml:space="preserve">Legacy                                  </t>
   </si>
   <si>
     <t xml:space="preserve">BP5       </t>
   </si>
   <si>
     <t>EJ20</t>
   </si>
   <si>
+    <t>272700-0211</t>
+  </si>
+  <si>
     <t>272700-0210</t>
-  </si>
-[...1 lines deleted...]
-    <t>272700-0211</t>
   </si>
   <si>
     <t xml:space="preserve">NISSAN              </t>
   </si>
   <si>
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">KNY51     </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t>272201ME0A</t>
   </si>
   <si>
     <t xml:space="preserve">PNY50     </t>
   </si>
   <si>
     <t>VQ35DE</t>
   </si>
   <si>
     <t>27220JK00B</t>
   </si>
@@ -841,138 +841,138 @@
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>24</v>
       </c>
       <c r="I6">
         <v>1319</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>46537</v>
+        <v>46536</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7" t="s">
         <v>27</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>24</v>
       </c>
       <c r="I7">
         <v>1319</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>46536</v>
+        <v>46537</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>24</v>
       </c>
       <c r="I8">
         <v>1319</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>45951</v>
+        <v>45950</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>31</v>
       </c>
       <c r="I9">
         <v>1319</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>45950</v>
+        <v>45951</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>32</v>
       </c>
       <c r="I10">
         <v>1319</v>
       </c>
@@ -1015,78 +1015,78 @@
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>39</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>40</v>
       </c>
       <c r="I12">
         <v>1319</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>45856</v>
+        <v>45857</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>1319</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>45857</v>
+        <v>45856</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>1319</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1177,51 +1177,51 @@
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>33</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>51</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>1319</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>45859</v>
+        <v>51564</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>39</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>1319</v>
       </c>
     </row>
     <row r="20" spans="1:9">
@@ -1258,51 +1258,51 @@
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>33</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21" t="s">
         <v>53</v>
       </c>
       <c r="F21" t="s">
         <v>39</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>1319</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>51564</v>
+        <v>45859</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>33</v>
       </c>
       <c r="D22" t="s">
         <v>52</v>
       </c>
       <c r="E22" t="s">
         <v>53</v>
       </c>
       <c r="F22" t="s">
         <v>39</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>1319</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1314,161 +1314,161 @@
       </c>
       <c r="C23" t="s">
         <v>33</v>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>55</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>57</v>
       </c>
       <c r="I23">
         <v>1319</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>60615</v>
+        <v>60606</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>33</v>
       </c>
       <c r="D24" t="s">
         <v>58</v>
       </c>
       <c r="E24" t="s">
         <v>59</v>
       </c>
       <c r="F24" t="s">
         <v>60</v>
       </c>
       <c r="G24" t="s">
         <v>61</v>
       </c>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>62</v>
+      </c>
       <c r="I24">
         <v>1319</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>60606</v>
+        <v>60615</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>33</v>
       </c>
       <c r="D25" t="s">
         <v>58</v>
       </c>
       <c r="E25" t="s">
         <v>59</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
       <c r="I25">
         <v>1319</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>45869</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>63</v>
       </c>
       <c r="D26" t="s">
         <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>65</v>
       </c>
       <c r="F26" t="s">
         <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>1319</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>45870</v>
+        <v>45871</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>63</v>
       </c>
       <c r="D27" t="s">
         <v>64</v>
       </c>
       <c r="E27" t="s">
         <v>67</v>
       </c>
       <c r="F27" t="s">
         <v>68</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>1319</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>45871</v>
+        <v>45870</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28" t="s">
         <v>64</v>
       </c>
       <c r="E28" t="s">
         <v>67</v>
       </c>
       <c r="F28" t="s">
         <v>68</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>1319</v>
       </c>
     </row>
     <row r="29" spans="1:9">