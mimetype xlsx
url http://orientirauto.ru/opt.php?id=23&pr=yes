--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -53,56 +53,56 @@
   <si>
     <t>Двигатель</t>
   </si>
   <si>
     <t>Расположение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
     <t>Цена опт, руб.</t>
   </si>
   <si>
     <t>Магнитола</t>
   </si>
   <si>
     <t xml:space="preserve">HONDA               </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
+    <t>39100-S5A-911</t>
+  </si>
+  <si>
     <t>Pioneer AVIC-DRV250(CPN1908)</t>
   </si>
   <si>
-    <t>39100-S5A-911</t>
-[...1 lines deleted...]
-  <si>
     <t>PH-1616D-D</t>
   </si>
   <si>
     <t xml:space="preserve">MAZDA               </t>
   </si>
   <si>
     <t>MAZDA 6, GER4 66 9RX</t>
   </si>
   <si>
     <t xml:space="preserve">Titan                                   </t>
   </si>
   <si>
     <t xml:space="preserve">SYF6T     </t>
   </si>
   <si>
     <t>RF-HE</t>
   </si>
   <si>
     <t xml:space="preserve">TOYOTA              </t>
   </si>
   <si>
     <t>Pioneer CARROZZERIA AVX-P777</t>
   </si>
   <si>
     <t>CQ-LS6650A</t>
@@ -116,170 +116,170 @@
   <si>
     <t xml:space="preserve">Harrier                                 </t>
   </si>
   <si>
     <t xml:space="preserve">MCU15W    </t>
   </si>
   <si>
     <t>1MZ-FE</t>
   </si>
   <si>
     <t>cd changer 86270-48010</t>
   </si>
   <si>
     <t xml:space="preserve">Ractis                                  </t>
   </si>
   <si>
     <t xml:space="preserve">NCP100    </t>
   </si>
   <si>
     <t>1NZ-FE</t>
   </si>
   <si>
     <t xml:space="preserve">MITSUBISHI          </t>
   </si>
   <si>
+    <t>KS-RX230</t>
+  </si>
+  <si>
+    <t>RX-2J84CW-WS</t>
+  </si>
+  <si>
+    <t>PF-1507A</t>
+  </si>
+  <si>
+    <t>MR587698</t>
+  </si>
+  <si>
+    <t>Panasonic YEP0FX13606(CN-HDS960TD)</t>
+  </si>
+  <si>
     <t>RX-692MD</t>
   </si>
   <si>
     <t>MC-H710</t>
   </si>
   <si>
-    <t>Panasonic YEP0FX13606(CN-HDS960TD)</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">DAIHATSU            </t>
   </si>
   <si>
+    <t>ADDZEST ARB2650</t>
+  </si>
+  <si>
     <t>86120-97202</t>
   </si>
   <si>
-    <t>ADDZEST ARB2650</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Boon                                    </t>
   </si>
   <si>
     <t xml:space="preserve">M300S     </t>
   </si>
   <si>
     <t>1KR-FE</t>
   </si>
   <si>
     <t>86180-97212</t>
   </si>
   <si>
     <t xml:space="preserve">SUBARU              </t>
   </si>
   <si>
     <t xml:space="preserve">Traviq                                  </t>
   </si>
   <si>
     <t xml:space="preserve">XM220     </t>
   </si>
   <si>
     <t>Z22SE</t>
   </si>
   <si>
     <t>H6218XA500, CQ-GF0100A</t>
   </si>
   <si>
     <t xml:space="preserve">NISSAN              </t>
   </si>
   <si>
+    <t>PP-2448P</t>
+  </si>
+  <si>
+    <t>28185-3U800</t>
+  </si>
+  <si>
+    <t>PN-8205U</t>
+  </si>
+  <si>
     <t>PP-2361R</t>
   </si>
   <si>
-    <t>PP-2448P</t>
+    <t>RP-9414R</t>
+  </si>
+  <si>
+    <t>Pioneer AVIC-H99(CPN1782)</t>
+  </si>
+  <si>
+    <t>Panasonic CN-DV155D-N</t>
+  </si>
+  <si>
+    <t>CSK-9711A</t>
   </si>
   <si>
     <t>PP-2448G</t>
   </si>
   <si>
-    <t>PN-8205U</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">KNY51     </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
+    <t>259151NG0A</t>
+  </si>
+  <si>
     <t>управление магнитолой</t>
   </si>
   <si>
-    <t>259151NG0A</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">March                                   </t>
   </si>
   <si>
     <t xml:space="preserve">AK12      </t>
   </si>
   <si>
     <t>CR12DE</t>
   </si>
   <si>
     <t>281853U800</t>
   </si>
   <si>
+    <t>без кнопки, дефект экрана</t>
+  </si>
+  <si>
     <t>без кнопки</t>
   </si>
   <si>
-    <t>без кнопки, дефект экрана</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Skyline                                 </t>
   </si>
   <si>
     <t xml:space="preserve">PV36      </t>
   </si>
   <si>
     <t>VQ35HR</t>
   </si>
   <si>
     <t>25915JK01D, NAU-3103K</t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>VQ25HR</t>
   </si>
   <si>
     <t>25915-1NC8A</t>
   </si>
   <si>
     <t xml:space="preserve">V35       </t>
   </si>
   <si>
     <t>VQ25DD</t>
@@ -341,105 +341,105 @@
   <si>
     <t>G4FD</t>
   </si>
   <si>
     <t>96170-3X0004X</t>
   </si>
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t>BM5T-18C815-DG</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
+    <t>CN-HX1000D</t>
+  </si>
+  <si>
     <t>VIE-X075B ALPINE</t>
   </si>
   <si>
-    <t>CN-HX1000D</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
+    <t>Challenger MVDVD105</t>
+  </si>
+  <si>
+    <t>28185-CL70A</t>
+  </si>
+  <si>
+    <t>AVIC-HRZ900, carrozzeria</t>
+  </si>
+  <si>
+    <t>28185-CL70A, рестайлинг</t>
+  </si>
+  <si>
+    <t>281845Z100, CN-VN6390Z</t>
+  </si>
+  <si>
+    <t>CN-H510D</t>
+  </si>
+  <si>
     <t>AVIC-MRZ077</t>
   </si>
   <si>
-    <t>Challenger MVDVD105</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
+    <t>259151CA8A</t>
+  </si>
+  <si>
     <t>2591AZX77B, CV-VN1060AD</t>
   </si>
   <si>
     <t>2591AZX77A</t>
   </si>
   <si>
-    <t>259151CA8A</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
+    <t>25915-1CA1A</t>
+  </si>
+  <si>
     <t>259151MH3B</t>
-  </si>
-[...1 lines deleted...]
-    <t>25915-1CA1A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -804,78 +804,78 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>38178</v>
+        <v>24765</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2">
         <v>2611</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>24765</v>
+        <v>38178</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
       <c r="H3" t="s">
         <v>14</v>
       </c>
       <c r="I3">
         <v>2611</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -1130,267 +1130,267 @@
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>21</v>
       </c>
       <c r="D13" t="s">
         <v>30</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>2611</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>24731</v>
+        <v>24732</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
         <v>34</v>
       </c>
       <c r="I14">
         <v>2611</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>24751</v>
+        <v>24705</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
         <v>35</v>
       </c>
       <c r="I15">
         <v>2611</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>38191</v>
+        <v>24707</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
       <c r="H16" t="s">
         <v>36</v>
       </c>
       <c r="I16">
         <v>2611</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>24705</v>
+        <v>24745</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>33</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>12</v>
       </c>
       <c r="H17" t="s">
         <v>37</v>
       </c>
       <c r="I17">
         <v>2611</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>24707</v>
+        <v>38191</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>33</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
       <c r="H18" t="s">
         <v>38</v>
       </c>
       <c r="I18">
         <v>2611</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>24732</v>
+        <v>24731</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
       <c r="H19" t="s">
         <v>39</v>
       </c>
       <c r="I19">
         <v>2611</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>24745</v>
+        <v>24751</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>12</v>
       </c>
       <c r="H20" t="s">
         <v>40</v>
       </c>
       <c r="I20">
         <v>2611</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>24743</v>
+        <v>24767</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>12</v>
       </c>
       <c r="H21" t="s">
         <v>42</v>
       </c>
       <c r="I21">
         <v>2611</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>24767</v>
+        <v>24743</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>12</v>
       </c>
       <c r="H22" t="s">
         <v>43</v>
       </c>
       <c r="I22">
         <v>2611</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1402,464 +1402,464 @@
       </c>
       <c r="C23" t="s">
         <v>41</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>46</v>
       </c>
       <c r="G23" t="s">
         <v>12</v>
       </c>
       <c r="H23" t="s">
         <v>47</v>
       </c>
       <c r="I23">
         <v>2611</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>24722</v>
+        <v>24721</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>48</v>
       </c>
       <c r="D24" t="s">
         <v>49</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24" t="s">
         <v>12</v>
       </c>
       <c r="H24" t="s">
         <v>52</v>
       </c>
       <c r="I24">
         <v>2611</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>24721</v>
+        <v>24724</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25" t="s">
         <v>49</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25" t="s">
         <v>12</v>
       </c>
       <c r="H25" t="s">
         <v>52</v>
       </c>
       <c r="I25">
         <v>2611</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>24724</v>
+        <v>24722</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>48</v>
       </c>
       <c r="D26" t="s">
         <v>49</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26" t="s">
         <v>12</v>
       </c>
       <c r="H26" t="s">
         <v>52</v>
       </c>
       <c r="I26">
         <v>2611</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>24729</v>
+        <v>24728</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>53</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>12</v>
       </c>
       <c r="H27" t="s">
         <v>54</v>
       </c>
       <c r="I27">
         <v>2611</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>24744</v>
+        <v>24710</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>53</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
       <c r="H28" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I28">
         <v>2611</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>24728</v>
+        <v>24713</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
       <c r="H29" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I29">
         <v>2611</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>24763</v>
+        <v>24729</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>53</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>12</v>
       </c>
       <c r="H30" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I30">
         <v>2611</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>24713</v>
+        <v>24735</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>53</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
       <c r="H31" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I31">
         <v>2611</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>24761</v>
+        <v>38182</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>53</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>12</v>
       </c>
       <c r="H32" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I32">
         <v>2611</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>38189</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>53</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
       <c r="H33" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I33">
         <v>2611</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>24710</v>
+        <v>24750</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>53</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
       <c r="H34" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="I34">
         <v>2611</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>24735</v>
+        <v>24761</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>53</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>12</v>
       </c>
       <c r="H35" t="s">
         <v>61</v>
       </c>
       <c r="I35">
         <v>2611</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>38182</v>
+        <v>24763</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>53</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>12</v>
       </c>
       <c r="H36" t="s">
         <v>62</v>
       </c>
       <c r="I36">
         <v>2611</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>24750</v>
+        <v>24744</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>53</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>12</v>
       </c>
       <c r="H37" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I37">
         <v>2611</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>52945</v>
+        <v>52232</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>53</v>
       </c>
       <c r="D38" t="s">
         <v>63</v>
       </c>
       <c r="E38" t="s">
         <v>64</v>
       </c>
       <c r="F38" t="s">
         <v>65</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
       <c r="H38" t="s">
         <v>66</v>
       </c>
       <c r="I38">
         <v>2611</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>52232</v>
+        <v>52945</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>53</v>
       </c>
       <c r="D39" t="s">
         <v>63</v>
       </c>
       <c r="E39" t="s">
         <v>64</v>
       </c>
       <c r="F39" t="s">
         <v>65</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
         <v>67</v>
       </c>
       <c r="I39">
         <v>2611</v>
       </c>
@@ -1873,130 +1873,130 @@
       </c>
       <c r="C40" t="s">
         <v>53</v>
       </c>
       <c r="D40" t="s">
         <v>68</v>
       </c>
       <c r="E40" t="s">
         <v>69</v>
       </c>
       <c r="F40" t="s">
         <v>70</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
         <v>71</v>
       </c>
       <c r="I40">
         <v>2611</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>29823</v>
+        <v>29822</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>53</v>
       </c>
       <c r="D41" t="s">
         <v>68</v>
       </c>
       <c r="E41" t="s">
         <v>69</v>
       </c>
       <c r="F41" t="s">
         <v>70</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
         <v>72</v>
       </c>
       <c r="I41">
         <v>2611</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>29822</v>
+        <v>29823</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>53</v>
       </c>
       <c r="D42" t="s">
         <v>68</v>
       </c>
       <c r="E42" t="s">
         <v>69</v>
       </c>
       <c r="F42" t="s">
         <v>70</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
         <v>73</v>
       </c>
       <c r="I42">
         <v>2611</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>29824</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>53</v>
       </c>
       <c r="D43" t="s">
         <v>68</v>
       </c>
       <c r="E43" t="s">
         <v>69</v>
       </c>
       <c r="F43" t="s">
         <v>70</v>
       </c>
       <c r="G43" t="s">
         <v>12</v>
       </c>
       <c r="H43" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I43">
         <v>2611</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>38588</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>53</v>
       </c>
       <c r="D44" t="s">
         <v>74</v>
       </c>
       <c r="E44" t="s">
         <v>75</v>
       </c>
       <c r="F44" t="s">
         <v>76</v>
       </c>
       <c r="G44" t="s">
@@ -2219,190 +2219,190 @@
       </c>
       <c r="C52" t="s">
         <v>93</v>
       </c>
       <c r="D52" t="s">
         <v>99</v>
       </c>
       <c r="E52" t="s">
         <v>100</v>
       </c>
       <c r="F52" t="s">
         <v>101</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
       <c r="H52" t="s">
         <v>102</v>
       </c>
       <c r="I52">
         <v>2611</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>43949</v>
+        <v>43948</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>103</v>
       </c>
       <c r="D53" t="s">
         <v>104</v>
       </c>
       <c r="E53" t="s">
         <v>105</v>
       </c>
       <c r="F53" t="s">
         <v>106</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
-      <c r="H53"/>
+      <c r="H53" t="s">
+        <v>107</v>
+      </c>
       <c r="I53">
         <v>2611</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>43948</v>
+        <v>43949</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>103</v>
       </c>
       <c r="D54" t="s">
         <v>104</v>
       </c>
       <c r="E54" t="s">
         <v>105</v>
       </c>
       <c r="F54" t="s">
         <v>106</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
       <c r="I54">
         <v>2611</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>40255</v>
+        <v>59385</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>108</v>
       </c>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
         <v>109</v>
       </c>
       <c r="I55">
         <v>2611</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>59385</v>
+        <v>40255</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>108</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
         <v>110</v>
       </c>
       <c r="I56">
         <v>2611</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>50746</v>
+        <v>60694</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>108</v>
       </c>
       <c r="D57" t="s">
         <v>111</v>
       </c>
       <c r="E57" t="s">
         <v>112</v>
       </c>
       <c r="F57" t="s">
         <v>86</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
         <v>113</v>
       </c>
       <c r="I57">
         <v>2611</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>60694</v>
+        <v>61844</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>108</v>
       </c>
       <c r="D58" t="s">
         <v>111</v>
       </c>
       <c r="E58" t="s">
         <v>112</v>
       </c>
       <c r="F58" t="s">
         <v>86</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
         <v>114</v>
       </c>
       <c r="I58">
         <v>2611</v>
       </c>
@@ -2416,80 +2416,80 @@
       </c>
       <c r="C59" t="s">
         <v>108</v>
       </c>
       <c r="D59" t="s">
         <v>111</v>
       </c>
       <c r="E59" t="s">
         <v>112</v>
       </c>
       <c r="F59" t="s">
         <v>86</v>
       </c>
       <c r="G59" t="s">
         <v>12</v>
       </c>
       <c r="H59" t="s">
         <v>115</v>
       </c>
       <c r="I59">
         <v>2611</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>40679</v>
+        <v>58924</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>108</v>
       </c>
       <c r="D60" t="s">
         <v>111</v>
       </c>
       <c r="E60" t="s">
         <v>112</v>
       </c>
       <c r="F60" t="s">
         <v>86</v>
       </c>
       <c r="G60" t="s">
         <v>12</v>
       </c>
       <c r="H60" t="s">
         <v>116</v>
       </c>
       <c r="I60">
         <v>2611</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>58924</v>
+        <v>40679</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>108</v>
       </c>
       <c r="D61" t="s">
         <v>111</v>
       </c>
       <c r="E61" t="s">
         <v>112</v>
       </c>
       <c r="F61" t="s">
         <v>86</v>
       </c>
       <c r="G61" t="s">
         <v>12</v>
       </c>
       <c r="H61" t="s">
         <v>117</v>
       </c>
       <c r="I61">
         <v>2611</v>
       </c>
@@ -2503,275 +2503,275 @@
       </c>
       <c r="C62" t="s">
         <v>108</v>
       </c>
       <c r="D62" t="s">
         <v>111</v>
       </c>
       <c r="E62" t="s">
         <v>112</v>
       </c>
       <c r="F62" t="s">
         <v>86</v>
       </c>
       <c r="G62" t="s">
         <v>12</v>
       </c>
       <c r="H62" t="s">
         <v>118</v>
       </c>
       <c r="I62">
         <v>2611</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>61844</v>
+        <v>50746</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>108</v>
       </c>
       <c r="D63" t="s">
         <v>111</v>
       </c>
       <c r="E63" t="s">
         <v>112</v>
       </c>
       <c r="F63" t="s">
         <v>86</v>
       </c>
       <c r="G63" t="s">
         <v>12</v>
       </c>
       <c r="H63" t="s">
         <v>119</v>
       </c>
       <c r="I63">
         <v>2611</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>46437</v>
+        <v>43109</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>108</v>
       </c>
       <c r="D64" t="s">
         <v>111</v>
       </c>
       <c r="E64" t="s">
         <v>120</v>
       </c>
       <c r="F64" t="s">
         <v>76</v>
       </c>
       <c r="G64" t="s">
         <v>12</v>
       </c>
       <c r="H64" t="s">
         <v>121</v>
       </c>
       <c r="I64">
         <v>2611</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>59487</v>
+        <v>46437</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>108</v>
       </c>
       <c r="D65" t="s">
         <v>111</v>
       </c>
       <c r="E65" t="s">
         <v>120</v>
       </c>
       <c r="F65" t="s">
         <v>76</v>
       </c>
       <c r="G65" t="s">
         <v>12</v>
       </c>
       <c r="H65" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I65">
         <v>2611</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>45133</v>
+        <v>59487</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>108</v>
       </c>
       <c r="D66" t="s">
         <v>111</v>
       </c>
       <c r="E66" t="s">
         <v>120</v>
       </c>
       <c r="F66" t="s">
         <v>76</v>
       </c>
       <c r="G66" t="s">
         <v>12</v>
       </c>
       <c r="H66" t="s">
         <v>122</v>
       </c>
       <c r="I66">
         <v>2611</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>43109</v>
+        <v>45133</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>108</v>
       </c>
       <c r="D67" t="s">
         <v>111</v>
       </c>
       <c r="E67" t="s">
         <v>120</v>
       </c>
       <c r="F67" t="s">
         <v>76</v>
       </c>
       <c r="G67" t="s">
         <v>12</v>
       </c>
       <c r="H67" t="s">
         <v>123</v>
       </c>
       <c r="I67">
         <v>2611</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>59571</v>
+        <v>57022</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>108</v>
       </c>
       <c r="D68" t="s">
         <v>124</v>
       </c>
       <c r="E68" t="s">
         <v>120</v>
       </c>
       <c r="F68" t="s">
         <v>125</v>
       </c>
       <c r="G68" t="s">
         <v>12</v>
       </c>
       <c r="H68" t="s">
         <v>126</v>
       </c>
       <c r="I68">
         <v>2611</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>49686</v>
+        <v>59571</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>108</v>
       </c>
       <c r="D69" t="s">
         <v>124</v>
       </c>
       <c r="E69" t="s">
         <v>120</v>
       </c>
       <c r="F69" t="s">
         <v>125</v>
       </c>
       <c r="G69" t="s">
         <v>12</v>
       </c>
       <c r="H69" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="I69">
         <v>2611</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>57022</v>
+        <v>49686</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>108</v>
       </c>
       <c r="D70" t="s">
         <v>124</v>
       </c>
       <c r="E70" t="s">
         <v>120</v>
       </c>
       <c r="F70" t="s">
         <v>125</v>
       </c>
       <c r="G70" t="s">
         <v>12</v>
       </c>
       <c r="H70" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="I70">
         <v>2611</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>