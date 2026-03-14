--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -56,227 +56,227 @@
   <si>
     <t>Расположение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
     <t>Цена опт, руб.</t>
   </si>
   <si>
     <t>Магнитола</t>
   </si>
   <si>
     <t xml:space="preserve">HONDA               </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>39100-S5A-911</t>
   </si>
   <si>
+    <t>PH-1616D-D</t>
+  </si>
+  <si>
     <t>Pioneer AVIC-DRV250(CPN1908)</t>
   </si>
   <si>
-    <t>PH-1616D-D</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">MAZDA               </t>
   </si>
   <si>
     <t>MAZDA 6, GER4 66 9RX</t>
   </si>
   <si>
     <t xml:space="preserve">Titan                                   </t>
   </si>
   <si>
     <t xml:space="preserve">SYF6T     </t>
   </si>
   <si>
     <t>RF-HE</t>
   </si>
   <si>
     <t xml:space="preserve">TOYOTA              </t>
   </si>
   <si>
     <t>Pioneer CARROZZERIA AVX-P777</t>
   </si>
   <si>
+    <t>Panasonic CN-HW850D</t>
+  </si>
+  <si>
+    <t>ADDZEST VRX825</t>
+  </si>
+  <si>
     <t>CQ-LS6650A</t>
   </si>
   <si>
-    <t>ADDZEST VRX825</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Harrier                                 </t>
   </si>
   <si>
     <t xml:space="preserve">MCU15W    </t>
   </si>
   <si>
     <t>1MZ-FE</t>
   </si>
   <si>
     <t>cd changer 86270-48010</t>
   </si>
   <si>
     <t xml:space="preserve">Ractis                                  </t>
   </si>
   <si>
     <t xml:space="preserve">NCP100    </t>
   </si>
   <si>
     <t>1NZ-FE</t>
   </si>
   <si>
     <t xml:space="preserve">MITSUBISHI          </t>
   </si>
   <si>
+    <t>Panasonic YEP0FX13606(CN-HDS960TD)</t>
+  </si>
+  <si>
+    <t>PF-1507A</t>
+  </si>
+  <si>
+    <t>MR587698</t>
+  </si>
+  <si>
+    <t>MC-H710</t>
+  </si>
+  <si>
     <t>KS-RX230</t>
   </si>
   <si>
+    <t>RX-692MD</t>
+  </si>
+  <si>
     <t>RX-2J84CW-WS</t>
   </si>
   <si>
-    <t>PF-1507A</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">DAIHATSU            </t>
   </si>
   <si>
     <t>ADDZEST ARB2650</t>
   </si>
   <si>
     <t>86120-97202</t>
   </si>
   <si>
     <t xml:space="preserve">Boon                                    </t>
   </si>
   <si>
     <t xml:space="preserve">M300S     </t>
   </si>
   <si>
     <t>1KR-FE</t>
   </si>
   <si>
     <t>86180-97212</t>
   </si>
   <si>
     <t xml:space="preserve">SUBARU              </t>
   </si>
   <si>
     <t xml:space="preserve">Traviq                                  </t>
   </si>
   <si>
     <t xml:space="preserve">XM220     </t>
   </si>
   <si>
     <t>Z22SE</t>
   </si>
   <si>
     <t>H6218XA500, CQ-GF0100A</t>
   </si>
   <si>
     <t xml:space="preserve">NISSAN              </t>
   </si>
   <si>
+    <t>PN-8205U</t>
+  </si>
+  <si>
+    <t>Pioneer AVIC-H99(CPN1782)</t>
+  </si>
+  <si>
+    <t>Panasonic CN-DV155D-N</t>
+  </si>
+  <si>
+    <t>28185-3U800</t>
+  </si>
+  <si>
+    <t>CSK-9711A</t>
+  </si>
+  <si>
+    <t>PP-2448G</t>
+  </si>
+  <si>
+    <t>PP-2361R</t>
+  </si>
+  <si>
     <t>PP-2448P</t>
   </si>
   <si>
-    <t>28185-3U800</t>
-[...7 lines deleted...]
-  <si>
     <t>RP-9414R</t>
   </si>
   <si>
-    <t>Pioneer AVIC-H99(CPN1782)</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">KNY51     </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t>259151NG0A</t>
   </si>
   <si>
     <t>управление магнитолой</t>
   </si>
   <si>
     <t xml:space="preserve">March                                   </t>
   </si>
   <si>
     <t xml:space="preserve">AK12      </t>
   </si>
   <si>
     <t>CR12DE</t>
   </si>
   <si>
+    <t>без кнопки, дефект экрана</t>
+  </si>
+  <si>
     <t>281853U800</t>
   </si>
   <si>
-    <t>без кнопки, дефект экрана</t>
-[...1 lines deleted...]
-  <si>
     <t>без кнопки</t>
   </si>
   <si>
     <t xml:space="preserve">Skyline                                 </t>
   </si>
   <si>
     <t xml:space="preserve">PV36      </t>
   </si>
   <si>
     <t>VQ35HR</t>
   </si>
   <si>
     <t>25915JK01D, NAU-3103K</t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>VQ25HR</t>
   </si>
   <si>
     <t>25915-1NC8A</t>
   </si>
   <si>
     <t xml:space="preserve">V35       </t>
@@ -341,81 +341,81 @@
   <si>
     <t>G4FD</t>
   </si>
   <si>
     <t>96170-3X0004X</t>
   </si>
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t>BM5T-18C815-DG</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
+    <t>VIE-X075B ALPINE</t>
+  </si>
+  <si>
     <t>CN-HX1000D</t>
   </si>
   <si>
-    <t>VIE-X075B ALPINE</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
+    <t>CN-H510D</t>
+  </si>
+  <si>
+    <t>28185-CL70A</t>
+  </si>
+  <si>
+    <t>AVIC-MRZ077</t>
+  </si>
+  <si>
+    <t>28185-CL70A, рестайлинг</t>
+  </si>
+  <si>
+    <t>AVIC-HRZ900, carrozzeria</t>
+  </si>
+  <si>
+    <t>281845Z100, CN-VN6390Z</t>
+  </si>
+  <si>
     <t>Challenger MVDVD105</t>
-  </si>
-[...16 lines deleted...]
-    <t>AVIC-MRZ077</t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>259151CA8A</t>
   </si>
   <si>
     <t>2591AZX77B, CV-VN1060AD</t>
   </si>
   <si>
     <t>2591AZX77A</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t>25915-1CA1A</t>
   </si>
   <si>
     <t>259151MH3B</t>
   </si>
@@ -831,78 +831,78 @@
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2">
         <v>2611</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>38178</v>
+        <v>24740</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
       <c r="H3" t="s">
         <v>14</v>
       </c>
       <c r="I3">
         <v>2611</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>24740</v>
+        <v>38178</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>12</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4">
         <v>2611</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -993,51 +993,51 @@
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
       <c r="H8" t="s">
         <v>22</v>
       </c>
       <c r="I8">
         <v>2611</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>24720</v>
+        <v>38183</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9">
         <v>2611</v>
       </c>
     </row>
     <row r="10" spans="1:9">
@@ -1047,51 +1047,51 @@
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
       <c r="H10" t="s">
         <v>24</v>
       </c>
       <c r="I10">
         <v>2611</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>38183</v>
+        <v>24720</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>21</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>12</v>
       </c>
       <c r="H11" t="s">
         <v>25</v>
       </c>
       <c r="I11">
         <v>2611</v>
       </c>
     </row>
     <row r="12" spans="1:9">
@@ -1130,159 +1130,159 @@
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>21</v>
       </c>
       <c r="D13" t="s">
         <v>30</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>2611</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>24732</v>
+        <v>38191</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
         <v>34</v>
       </c>
       <c r="I14">
         <v>2611</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>24705</v>
+        <v>24707</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
         <v>35</v>
       </c>
       <c r="I15">
         <v>2611</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>24707</v>
+        <v>24745</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
       <c r="H16" t="s">
         <v>36</v>
       </c>
       <c r="I16">
         <v>2611</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>24745</v>
+        <v>24751</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>33</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>12</v>
       </c>
       <c r="H17" t="s">
         <v>37</v>
       </c>
       <c r="I17">
         <v>2611</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>38191</v>
+        <v>24732</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>33</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
       <c r="H18" t="s">
         <v>38</v>
       </c>
       <c r="I18">
         <v>2611</v>
       </c>
     </row>
     <row r="19" spans="1:9">
@@ -1292,51 +1292,51 @@
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
       <c r="H19" t="s">
         <v>39</v>
       </c>
       <c r="I19">
         <v>2611</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>24751</v>
+        <v>24705</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>12</v>
       </c>
       <c r="H20" t="s">
         <v>40</v>
       </c>
       <c r="I20">
         <v>2611</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1402,427 +1402,427 @@
       </c>
       <c r="C23" t="s">
         <v>41</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>46</v>
       </c>
       <c r="G23" t="s">
         <v>12</v>
       </c>
       <c r="H23" t="s">
         <v>47</v>
       </c>
       <c r="I23">
         <v>2611</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>24721</v>
+        <v>24724</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>48</v>
       </c>
       <c r="D24" t="s">
         <v>49</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24" t="s">
         <v>12</v>
       </c>
       <c r="H24" t="s">
         <v>52</v>
       </c>
       <c r="I24">
         <v>2611</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>24724</v>
+        <v>24722</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25" t="s">
         <v>49</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25" t="s">
         <v>12</v>
       </c>
       <c r="H25" t="s">
         <v>52</v>
       </c>
       <c r="I25">
         <v>2611</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>24722</v>
+        <v>24721</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>48</v>
       </c>
       <c r="D26" t="s">
         <v>49</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26" t="s">
         <v>12</v>
       </c>
       <c r="H26" t="s">
         <v>52</v>
       </c>
       <c r="I26">
         <v>2611</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>24728</v>
+        <v>24713</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>53</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>12</v>
       </c>
       <c r="H27" t="s">
         <v>54</v>
       </c>
       <c r="I27">
         <v>2611</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>24710</v>
+        <v>38182</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>53</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
       <c r="H28" t="s">
         <v>55</v>
       </c>
       <c r="I28">
         <v>2611</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>24713</v>
+        <v>38189</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
       <c r="H29" t="s">
         <v>56</v>
       </c>
       <c r="I29">
         <v>2611</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>24729</v>
+        <v>24750</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>53</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>12</v>
       </c>
       <c r="H30" t="s">
         <v>57</v>
       </c>
       <c r="I30">
         <v>2611</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>24735</v>
+        <v>24761</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>53</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
       <c r="H31" t="s">
         <v>58</v>
       </c>
       <c r="I31">
         <v>2611</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>38182</v>
+        <v>24763</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>53</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>12</v>
       </c>
       <c r="H32" t="s">
         <v>59</v>
       </c>
       <c r="I32">
         <v>2611</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>38189</v>
+        <v>24744</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>53</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
       <c r="H33" t="s">
         <v>60</v>
       </c>
       <c r="I33">
         <v>2611</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>24750</v>
+        <v>24710</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>53</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
       <c r="H34" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I34">
         <v>2611</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>24761</v>
+        <v>24728</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>53</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>12</v>
       </c>
       <c r="H35" t="s">
         <v>61</v>
       </c>
       <c r="I35">
         <v>2611</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>24763</v>
+        <v>24729</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>53</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>12</v>
       </c>
       <c r="H36" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I36">
         <v>2611</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>24744</v>
+        <v>24735</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>53</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>12</v>
       </c>
       <c r="H37" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="I37">
         <v>2611</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>52232</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>53</v>
       </c>
       <c r="D38" t="s">
         <v>63</v>
       </c>
       <c r="E38" t="s">
         <v>64</v>
       </c>
       <c r="F38" t="s">
         <v>65</v>
       </c>
       <c r="G38" t="s">
@@ -1844,80 +1844,80 @@
       </c>
       <c r="C39" t="s">
         <v>53</v>
       </c>
       <c r="D39" t="s">
         <v>63</v>
       </c>
       <c r="E39" t="s">
         <v>64</v>
       </c>
       <c r="F39" t="s">
         <v>65</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
         <v>67</v>
       </c>
       <c r="I39">
         <v>2611</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>31952</v>
+        <v>29822</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>53</v>
       </c>
       <c r="D40" t="s">
         <v>68</v>
       </c>
       <c r="E40" t="s">
         <v>69</v>
       </c>
       <c r="F40" t="s">
         <v>70</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
         <v>71</v>
       </c>
       <c r="I40">
         <v>2611</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>29822</v>
+        <v>31952</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>53</v>
       </c>
       <c r="D41" t="s">
         <v>68</v>
       </c>
       <c r="E41" t="s">
         <v>69</v>
       </c>
       <c r="F41" t="s">
         <v>70</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
         <v>72</v>
       </c>
       <c r="I41">
         <v>2611</v>
       </c>
@@ -2219,161 +2219,161 @@
       </c>
       <c r="C52" t="s">
         <v>93</v>
       </c>
       <c r="D52" t="s">
         <v>99</v>
       </c>
       <c r="E52" t="s">
         <v>100</v>
       </c>
       <c r="F52" t="s">
         <v>101</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
       <c r="H52" t="s">
         <v>102</v>
       </c>
       <c r="I52">
         <v>2611</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>43948</v>
+        <v>43949</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>103</v>
       </c>
       <c r="D53" t="s">
         <v>104</v>
       </c>
       <c r="E53" t="s">
         <v>105</v>
       </c>
       <c r="F53" t="s">
         <v>106</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
-      <c r="H53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
       <c r="I53">
         <v>2611</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>43949</v>
+        <v>43948</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>103</v>
       </c>
       <c r="D54" t="s">
         <v>104</v>
       </c>
       <c r="E54" t="s">
         <v>105</v>
       </c>
       <c r="F54" t="s">
         <v>106</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>107</v>
+      </c>
       <c r="I54">
         <v>2611</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>59385</v>
+        <v>40255</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>108</v>
       </c>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
         <v>109</v>
       </c>
       <c r="I55">
         <v>2611</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>40255</v>
+        <v>59385</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>108</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
         <v>110</v>
       </c>
       <c r="I56">
         <v>2611</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>60694</v>
+        <v>41010</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>108</v>
       </c>
       <c r="D57" t="s">
         <v>111</v>
       </c>
       <c r="E57" t="s">
         <v>112</v>
       </c>
       <c r="F57" t="s">
         <v>86</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
         <v>113</v>
       </c>
       <c r="I57">
         <v>2611</v>
       </c>
@@ -2387,51 +2387,51 @@
       </c>
       <c r="C58" t="s">
         <v>108</v>
       </c>
       <c r="D58" t="s">
         <v>111</v>
       </c>
       <c r="E58" t="s">
         <v>112</v>
       </c>
       <c r="F58" t="s">
         <v>86</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
         <v>114</v>
       </c>
       <c r="I58">
         <v>2611</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>46987</v>
+        <v>50746</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>108</v>
       </c>
       <c r="D59" t="s">
         <v>111</v>
       </c>
       <c r="E59" t="s">
         <v>112</v>
       </c>
       <c r="F59" t="s">
         <v>86</v>
       </c>
       <c r="G59" t="s">
         <v>12</v>
       </c>
       <c r="H59" t="s">
         <v>115</v>
       </c>
       <c r="I59">
         <v>2611</v>
       </c>
@@ -2445,109 +2445,109 @@
       </c>
       <c r="C60" t="s">
         <v>108</v>
       </c>
       <c r="D60" t="s">
         <v>111</v>
       </c>
       <c r="E60" t="s">
         <v>112</v>
       </c>
       <c r="F60" t="s">
         <v>86</v>
       </c>
       <c r="G60" t="s">
         <v>12</v>
       </c>
       <c r="H60" t="s">
         <v>116</v>
       </c>
       <c r="I60">
         <v>2611</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>40679</v>
+        <v>46987</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>108</v>
       </c>
       <c r="D61" t="s">
         <v>111</v>
       </c>
       <c r="E61" t="s">
         <v>112</v>
       </c>
       <c r="F61" t="s">
         <v>86</v>
       </c>
       <c r="G61" t="s">
         <v>12</v>
       </c>
       <c r="H61" t="s">
         <v>117</v>
       </c>
       <c r="I61">
         <v>2611</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>41010</v>
+        <v>40679</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>108</v>
       </c>
       <c r="D62" t="s">
         <v>111</v>
       </c>
       <c r="E62" t="s">
         <v>112</v>
       </c>
       <c r="F62" t="s">
         <v>86</v>
       </c>
       <c r="G62" t="s">
         <v>12</v>
       </c>
       <c r="H62" t="s">
         <v>118</v>
       </c>
       <c r="I62">
         <v>2611</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>50746</v>
+        <v>60694</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>108</v>
       </c>
       <c r="D63" t="s">
         <v>111</v>
       </c>
       <c r="E63" t="s">
         <v>112</v>
       </c>
       <c r="F63" t="s">
         <v>86</v>
       </c>
       <c r="G63" t="s">
         <v>12</v>
       </c>
       <c r="H63" t="s">
         <v>119</v>
       </c>
       <c r="I63">
         <v>2611</v>
       </c>
@@ -2561,130 +2561,130 @@
       </c>
       <c r="C64" t="s">
         <v>108</v>
       </c>
       <c r="D64" t="s">
         <v>111</v>
       </c>
       <c r="E64" t="s">
         <v>120</v>
       </c>
       <c r="F64" t="s">
         <v>76</v>
       </c>
       <c r="G64" t="s">
         <v>12</v>
       </c>
       <c r="H64" t="s">
         <v>121</v>
       </c>
       <c r="I64">
         <v>2611</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>46437</v>
+        <v>59487</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>108</v>
       </c>
       <c r="D65" t="s">
         <v>111</v>
       </c>
       <c r="E65" t="s">
         <v>120</v>
       </c>
       <c r="F65" t="s">
         <v>76</v>
       </c>
       <c r="G65" t="s">
         <v>12</v>
       </c>
       <c r="H65" t="s">
         <v>122</v>
       </c>
       <c r="I65">
         <v>2611</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>59487</v>
+        <v>45133</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>108</v>
       </c>
       <c r="D66" t="s">
         <v>111</v>
       </c>
       <c r="E66" t="s">
         <v>120</v>
       </c>
       <c r="F66" t="s">
         <v>76</v>
       </c>
       <c r="G66" t="s">
         <v>12</v>
       </c>
       <c r="H66" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I66">
         <v>2611</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>45133</v>
+        <v>46437</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>108</v>
       </c>
       <c r="D67" t="s">
         <v>111</v>
       </c>
       <c r="E67" t="s">
         <v>120</v>
       </c>
       <c r="F67" t="s">
         <v>76</v>
       </c>
       <c r="G67" t="s">
         <v>12</v>
       </c>
       <c r="H67" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I67">
         <v>2611</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>57022</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>108</v>
       </c>
       <c r="D68" t="s">
         <v>124</v>
       </c>
       <c r="E68" t="s">
         <v>120</v>
       </c>
       <c r="F68" t="s">
         <v>125</v>
       </c>
       <c r="G68" t="s">