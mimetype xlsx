--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -242,54 +242,54 @@
   <si>
     <t xml:space="preserve">Click                                   </t>
   </si>
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Transit                                 </t>
   </si>
   <si>
     <t xml:space="preserve">FY        </t>
   </si>
   <si>
     <t>DOFA</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
+    <t>адаптивный круиз, CL71A</t>
+  </si>
+  <si>
     <t>адаптивный круиз, CG011</t>
-  </si>
-[...1 lines deleted...]
-    <t>адаптивный круиз, CL71A</t>
   </si>
   <si>
     <t>CL70A</t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
     <t>CG011</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
@@ -887,51 +887,51 @@
       </c>
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>34</v>
       </c>
       <c r="I8">
         <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>28611</v>
+        <v>11358</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>35</v>
       </c>
       <c r="E9" t="s">
         <v>36</v>
       </c>
       <c r="F9" t="s">
         <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>550</v>
       </c>
     </row>
     <row r="10" spans="1:9">
@@ -941,78 +941,78 @@
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
       <c r="E10" t="s">
         <v>36</v>
       </c>
       <c r="F10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>27463</v>
+        <v>28611</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>550</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>11358</v>
+        <v>27463</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>550</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1163,78 +1163,78 @@
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>41</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>35898</v>
+        <v>51582</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
       <c r="E19" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>41</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>51582</v>
+        <v>35898</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1298,78 +1298,78 @@
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>38</v>
       </c>
       <c r="D23" t="s">
         <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>58</v>
       </c>
       <c r="F23" t="s">
         <v>59</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>550</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>37248</v>
+        <v>47938</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
       <c r="D24" t="s">
         <v>61</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>63</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>550</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>47938</v>
+        <v>37248</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>60</v>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>62</v>
       </c>
       <c r="F25" t="s">
         <v>63</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>550</v>
       </c>
     </row>
     <row r="26" spans="1:9">
@@ -1379,159 +1379,159 @@
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>60</v>
       </c>
       <c r="D26" t="s">
         <v>61</v>
       </c>
       <c r="E26" t="s">
         <v>62</v>
       </c>
       <c r="F26" t="s">
         <v>63</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>38739</v>
+        <v>35535</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
       <c r="D27" t="s">
         <v>61</v>
       </c>
       <c r="E27" t="s">
         <v>64</v>
       </c>
       <c r="F27" t="s">
         <v>65</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>35535</v>
+        <v>47418</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>60</v>
       </c>
       <c r="D28" t="s">
         <v>61</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>550</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>47418</v>
+        <v>38739</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>60</v>
       </c>
       <c r="D29" t="s">
         <v>61</v>
       </c>
       <c r="E29" t="s">
         <v>64</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>36642</v>
+        <v>42635</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>60</v>
       </c>
       <c r="D30" t="s">
         <v>61</v>
       </c>
       <c r="E30" t="s">
         <v>66</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>42635</v>
+        <v>36642</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>60</v>
       </c>
       <c r="D31" t="s">
         <v>61</v>
       </c>
       <c r="E31" t="s">
         <v>66</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>550</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1568,384 +1568,384 @@
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>69</v>
       </c>
       <c r="D33" t="s">
         <v>70</v>
       </c>
       <c r="E33" t="s">
         <v>71</v>
       </c>
       <c r="F33" t="s">
         <v>72</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>550</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>36789</v>
+        <v>55974</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>73</v>
       </c>
       <c r="D34" t="s">
         <v>74</v>
       </c>
       <c r="E34" t="s">
         <v>75</v>
       </c>
       <c r="F34" t="s">
         <v>41</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>76</v>
       </c>
       <c r="I34">
         <v>550</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>55974</v>
+        <v>37656</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>73</v>
       </c>
       <c r="D35" t="s">
         <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>75</v>
       </c>
       <c r="F35" t="s">
         <v>41</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>77</v>
       </c>
       <c r="I35">
         <v>550</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>37656</v>
+        <v>36789</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>73</v>
       </c>
       <c r="D36" t="s">
         <v>74</v>
       </c>
       <c r="E36" t="s">
         <v>75</v>
       </c>
       <c r="F36" t="s">
         <v>41</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I36">
         <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>40357</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>73</v>
       </c>
       <c r="D37" t="s">
         <v>74</v>
       </c>
       <c r="E37" t="s">
         <v>75</v>
       </c>
       <c r="F37" t="s">
         <v>41</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>38501</v>
+        <v>54310</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38" t="s">
         <v>74</v>
       </c>
       <c r="E38" t="s">
         <v>75</v>
       </c>
       <c r="F38" t="s">
         <v>41</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
       <c r="I38">
         <v>550</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>47070</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>73</v>
       </c>
       <c r="D39" t="s">
         <v>74</v>
       </c>
       <c r="E39" t="s">
         <v>75</v>
       </c>
       <c r="F39" t="s">
         <v>41</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I39">
         <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>58953</v>
+        <v>38501</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>73</v>
       </c>
       <c r="D40" t="s">
         <v>74</v>
       </c>
       <c r="E40" t="s">
         <v>75</v>
       </c>
       <c r="F40" t="s">
         <v>41</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>77</v>
       </c>
       <c r="I40">
         <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>30217</v>
+        <v>58953</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>73</v>
       </c>
       <c r="D41" t="s">
         <v>74</v>
       </c>
       <c r="E41" t="s">
         <v>75</v>
       </c>
       <c r="F41" t="s">
         <v>41</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>76</v>
+      </c>
       <c r="I41">
         <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>47306</v>
+        <v>30217</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>73</v>
       </c>
       <c r="D42" t="s">
         <v>74</v>
       </c>
       <c r="E42" t="s">
         <v>75</v>
       </c>
       <c r="F42" t="s">
         <v>41</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H42"/>
       <c r="I42">
         <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>54310</v>
+        <v>47306</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>73</v>
       </c>
       <c r="D43" t="s">
         <v>74</v>
       </c>
       <c r="E43" t="s">
         <v>75</v>
       </c>
       <c r="F43" t="s">
         <v>41</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
-      <c r="H43"/>
+      <c r="H43" t="s">
+        <v>78</v>
+      </c>
       <c r="I43">
         <v>550</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>47590</v>
+        <v>58562</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>73</v>
       </c>
       <c r="D44" t="s">
         <v>74</v>
       </c>
       <c r="E44" t="s">
         <v>79</v>
       </c>
       <c r="F44" t="s">
         <v>48</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
-      <c r="H44">
-[...1 lines deleted...]
-      </c>
+      <c r="H44"/>
       <c r="I44">
         <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>58562</v>
+        <v>47590</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>73</v>
       </c>
       <c r="D45" t="s">
         <v>74</v>
       </c>
       <c r="E45" t="s">
         <v>79</v>
       </c>
       <c r="F45" t="s">
         <v>48</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
-      <c r="H45"/>
+      <c r="H45">
+        <v>204023973</v>
+      </c>
       <c r="I45">
         <v>550</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>54040</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>73</v>
       </c>
       <c r="D46" t="s">
         <v>80</v>
       </c>
       <c r="E46" t="s">
         <v>79</v>
       </c>
       <c r="F46" t="s">
         <v>81</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>