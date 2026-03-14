--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Вакуумный усилитель тормоза" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Код товара</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Кузов</t>
   </si>
   <si>
     <t>Двигатель</t>
   </si>
   <si>
     <t>Расположение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
@@ -155,174 +155,159 @@
   <si>
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">PNY50     </t>
   </si>
   <si>
     <t>VQ35DE</t>
   </si>
   <si>
     <t xml:space="preserve">Juke                                    </t>
   </si>
   <si>
     <t xml:space="preserve">YF15      </t>
   </si>
   <si>
     <t>HR15DE</t>
   </si>
   <si>
     <t>D7210-1KL0A</t>
   </si>
   <si>
     <t xml:space="preserve">Skyline                                 </t>
   </si>
   <si>
-    <t xml:space="preserve">PV36      </t>
+    <t xml:space="preserve">CPV35     </t>
+  </si>
+  <si>
+    <t>47210-AC700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PV35      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stagea                                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNM35     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">X-Trail                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT30      </t>
+  </si>
+  <si>
+    <t>QR20DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HYUNDAI             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Getz                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TB13      </t>
+  </si>
+  <si>
+    <t>G4EA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TB14      </t>
+  </si>
+  <si>
+    <t>G4EE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TB16      </t>
+  </si>
+  <si>
+    <t>G4ED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Click                                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FORD                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transit                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FY        </t>
+  </si>
+  <si>
+    <t>DOFA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INFINITI            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FX35                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">S50       </t>
+  </si>
+  <si>
+    <t>адаптивный круиз, CL71A</t>
+  </si>
+  <si>
+    <t>адаптивный круиз, CG011</t>
+  </si>
+  <si>
+    <t>CL70A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>VQ35HR</t>
   </si>
   <si>
+    <t xml:space="preserve">FX37                                    </t>
+  </si>
+  <si>
+    <t>VQ37VHR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FX45                                    </t>
+  </si>
+  <si>
+    <t>VK45DE</t>
+  </si>
+  <si>
+    <t>CG011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">G37                                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
-    <t>VQ25HR</t>
-[...106 lines deleted...]
-  <si>
     <t>D7210EY03C</t>
-  </si>
-[...4 lines deleted...]
-    <t>датчик 0 261 230 130</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t>Европа, 0204023952</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -646,51 +631,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -718,1435 +703,1350 @@
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>57324</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>52147</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>6719</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>26565</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>31680</v>
+        <v>38248</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6" t="s">
         <v>27</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>38248</v>
+        <v>31680</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
         <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>14610</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>34</v>
       </c>
       <c r="I8">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>11358</v>
+        <v>28610</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>35</v>
       </c>
       <c r="E9" t="s">
         <v>36</v>
       </c>
       <c r="F9" t="s">
         <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>28610</v>
+        <v>28611</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
       <c r="E10" t="s">
         <v>36</v>
       </c>
       <c r="F10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>28611</v>
+        <v>27463</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>27463</v>
+        <v>11358</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>51126</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13" t="s">
         <v>40</v>
       </c>
       <c r="F13" t="s">
         <v>41</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>46880</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>44</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>45</v>
       </c>
       <c r="I14">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>39491</v>
+        <v>60779</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>48</v>
       </c>
-      <c r="G15" t="s">
-[...2 lines deleted...]
-      <c r="H15"/>
       <c r="I15">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>57962</v>
+        <v>23580</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
       <c r="I16">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>60779</v>
+        <v>35898</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E17" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
       <c r="I17">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>23580</v>
+        <v>34797</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>41</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>51582</v>
+        <v>37310</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="F19" t="s">
         <v>41</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>35898</v>
+        <v>51582</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>34797</v>
+        <v>15876</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>38</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>37310</v>
+        <v>47938</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>15876</v>
+        <v>37248</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="D23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" t="s">
         <v>57</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>47938</v>
+        <v>29224</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D24" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E24" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="F24" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>37248</v>
+        <v>47418</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D25" t="s">
+        <v>56</v>
+      </c>
+      <c r="E25" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>29224</v>
+        <v>35535</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" t="s">
+        <v>56</v>
+      </c>
+      <c r="E26" t="s">
+        <v>59</v>
+      </c>
+      <c r="F26" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>35535</v>
+        <v>38739</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
+        <v>55</v>
+      </c>
+      <c r="D27" t="s">
+        <v>56</v>
+      </c>
+      <c r="E27" t="s">
+        <v>59</v>
+      </c>
+      <c r="F27" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>47418</v>
+        <v>42635</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D28" t="s">
+        <v>56</v>
+      </c>
+      <c r="E28" t="s">
         <v>61</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>38739</v>
+        <v>36642</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D29" t="s">
+        <v>56</v>
+      </c>
+      <c r="E29" t="s">
         <v>61</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>42635</v>
+        <v>39801</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" t="s">
+        <v>59</v>
+      </c>
+      <c r="F30" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>36642</v>
+        <v>53514</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D31" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E31" t="s">
         <v>66</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>39801</v>
+        <v>58953</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="D32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E32" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F32" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
-      <c r="H32"/>
+      <c r="H32" t="s">
+        <v>71</v>
+      </c>
       <c r="I32">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>53514</v>
+        <v>55974</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
+        <v>68</v>
+      </c>
+      <c r="D33" t="s">
         <v>69</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>70</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>41</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>71</v>
       </c>
-      <c r="F33" t="s">
-[...5 lines deleted...]
-      <c r="H33"/>
       <c r="I33">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>55974</v>
+        <v>47070</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D34" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E34" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>41</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I34">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>37656</v>
+        <v>47306</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D35" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E35" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F35" t="s">
         <v>41</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="I35">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>36789</v>
+        <v>54310</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D36" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E36" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F36" t="s">
         <v>41</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
-      <c r="H36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H36"/>
       <c r="I36">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>40357</v>
+        <v>30217</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E37" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F37" t="s">
         <v>41</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>54310</v>
+        <v>38501</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D38" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E38" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F38" t="s">
         <v>41</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
-      <c r="H38"/>
+      <c r="H38" t="s">
+        <v>72</v>
+      </c>
       <c r="I38">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>47070</v>
+        <v>40357</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D39" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F39" t="s">
         <v>41</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
       <c r="I39">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>38501</v>
+        <v>36789</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D40" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E40" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F40" t="s">
         <v>41</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="I40">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>58953</v>
+        <v>37656</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D41" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E41" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F41" t="s">
         <v>41</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I41">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>30217</v>
+        <v>47590</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D42" t="s">
+        <v>69</v>
+      </c>
+      <c r="E42" t="s">
         <v>74</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>75</v>
       </c>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
-      <c r="H42"/>
+      <c r="H42">
+        <v>204023973</v>
+      </c>
       <c r="I42">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>47306</v>
+        <v>58562</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D43" t="s">
+        <v>69</v>
+      </c>
+      <c r="E43" t="s">
         <v>74</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>75</v>
       </c>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
       <c r="I43">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>58562</v>
+        <v>54040</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D44" t="s">
+        <v>76</v>
+      </c>
+      <c r="E44" t="s">
         <v>74</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>47590</v>
+        <v>44759</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D45" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
         <v>79</v>
       </c>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
-      <c r="H45">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
       <c r="I45">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>54040</v>
+        <v>57420</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E46" t="s">
+        <v>70</v>
+      </c>
+      <c r="F46" t="s">
+        <v>79</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>80</v>
       </c>
-      <c r="E46" t="s">
-[...8 lines deleted...]
-      <c r="H46"/>
       <c r="I46">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>44759</v>
+        <v>42285</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D47" t="s">
+        <v>81</v>
+      </c>
+      <c r="E47" t="s">
         <v>82</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
+        <v>77</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>83</v>
       </c>
-      <c r="G47" t="s">
-[...2 lines deleted...]
-      <c r="H47"/>
       <c r="I47">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>57420</v>
+        <v>59797</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D48" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E48" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F48" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I48">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>42285</v>
+        <v>49820</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D49" t="s">
+        <v>84</v>
+      </c>
+      <c r="E49" t="s">
+        <v>74</v>
+      </c>
+      <c r="F49" t="s">
         <v>85</v>
       </c>
-      <c r="E49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
-      <c r="H49" t="s">
-        <v>86</v>
+      <c r="H49">
+        <v>261230130</v>
       </c>
       <c r="I49">
-        <v>550</v>
-[...86 lines deleted...]
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">