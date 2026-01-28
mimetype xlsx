--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -320,56 +320,56 @@
   <si>
     <t>47660EG404</t>
   </si>
   <si>
     <t xml:space="preserve">Juke                                    </t>
   </si>
   <si>
     <t xml:space="preserve">YF15      </t>
   </si>
   <si>
     <t>HR15DE</t>
   </si>
   <si>
     <t>47660-1KE0A, TD8403</t>
   </si>
   <si>
     <t xml:space="preserve">March                                   </t>
   </si>
   <si>
     <t xml:space="preserve">AK12      </t>
   </si>
   <si>
     <t>CR12DE</t>
   </si>
   <si>
+    <t>47660AX020</t>
+  </si>
+  <si>
     <t>47660-4V00A</t>
   </si>
   <si>
-    <t>47660AX020</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Skyline                                 </t>
   </si>
   <si>
     <t xml:space="preserve">PV36      </t>
   </si>
   <si>
     <t>VQ35HR</t>
   </si>
   <si>
     <t>47660JK10A</t>
   </si>
   <si>
     <t xml:space="preserve">CPV35     </t>
   </si>
   <si>
     <t>47600-AL700</t>
   </si>
   <si>
     <t xml:space="preserve">PV35      </t>
   </si>
   <si>
     <t>рестайлинг, 476607W000</t>
   </si>
   <si>
     <t xml:space="preserve">Stagea                                  </t>
@@ -401,56 +401,56 @@
   <si>
     <t xml:space="preserve">TB13      </t>
   </si>
   <si>
     <t>G4EA</t>
   </si>
   <si>
     <t>58910-1C310</t>
   </si>
   <si>
     <t xml:space="preserve">TB14      </t>
   </si>
   <si>
     <t>G4EE</t>
   </si>
   <si>
     <t>58910-1C310, A/T</t>
   </si>
   <si>
     <t xml:space="preserve">TB16      </t>
   </si>
   <si>
     <t>G4ED</t>
   </si>
   <si>
+    <t>58910-1C800</t>
+  </si>
+  <si>
     <t>589101C800</t>
   </si>
   <si>
-    <t>58910-1C800</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t>BV61-2M110-AC</t>
   </si>
   <si>
     <t xml:space="preserve">Transit                                 </t>
   </si>
   <si>
     <t xml:space="preserve">FY        </t>
   </si>
   <si>
     <t>DOFA</t>
   </si>
   <si>
     <t>304 282 50669 9</t>
@@ -470,54 +470,54 @@
   <si>
     <t>47660CL73A, рестайлинг</t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>0 265 951 564</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t>47660-3EV1A</t>
   </si>
   <si>
     <t>476601WX1A</t>
   </si>
   <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
+    <t>47660CG705</t>
+  </si>
+  <si>
     <t>47660CL73A</t>
-  </si>
-[...1 lines deleted...]
-    <t>47660CG705</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>47660JL02A</t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t>476601CA9B</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
@@ -1697,80 +1697,80 @@
       </c>
       <c r="C28" t="s">
         <v>74</v>
       </c>
       <c r="D28" t="s">
         <v>95</v>
       </c>
       <c r="E28" t="s">
         <v>96</v>
       </c>
       <c r="F28" t="s">
         <v>97</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>98</v>
       </c>
       <c r="I28">
         <v>597</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>42364</v>
+        <v>41945</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29" t="s">
         <v>99</v>
       </c>
       <c r="E29" t="s">
         <v>100</v>
       </c>
       <c r="F29" t="s">
         <v>101</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>102</v>
       </c>
       <c r="I29">
         <v>597</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>41945</v>
+        <v>42364</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>74</v>
       </c>
       <c r="D30" t="s">
         <v>99</v>
       </c>
       <c r="E30" t="s">
         <v>100</v>
       </c>
       <c r="F30" t="s">
         <v>101</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>103</v>
       </c>
       <c r="I30">
         <v>597</v>
       </c>
@@ -1813,159 +1813,159 @@
       </c>
       <c r="C32" t="s">
         <v>74</v>
       </c>
       <c r="D32" t="s">
         <v>104</v>
       </c>
       <c r="E32" t="s">
         <v>108</v>
       </c>
       <c r="F32" t="s">
         <v>93</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>109</v>
       </c>
       <c r="I32">
         <v>597</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>41851</v>
+        <v>41914</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>104</v>
       </c>
       <c r="E33" t="s">
         <v>110</v>
       </c>
       <c r="F33" t="s">
         <v>93</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I33">
         <v>597</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>46291</v>
+        <v>41854</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>74</v>
       </c>
       <c r="D34" t="s">
         <v>104</v>
       </c>
       <c r="E34" t="s">
         <v>110</v>
       </c>
       <c r="F34" t="s">
         <v>93</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>109</v>
       </c>
       <c r="I34">
         <v>597</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>41854</v>
+        <v>41851</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="D35" t="s">
         <v>104</v>
       </c>
       <c r="E35" t="s">
         <v>110</v>
       </c>
       <c r="F35" t="s">
         <v>93</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>109</v>
       </c>
       <c r="I35">
         <v>597</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>41914</v>
+        <v>46291</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>74</v>
       </c>
       <c r="D36" t="s">
         <v>104</v>
       </c>
       <c r="E36" t="s">
         <v>110</v>
       </c>
       <c r="F36" t="s">
         <v>93</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I36">
         <v>597</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>51523</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>74</v>
       </c>
       <c r="D37" t="s">
         <v>112</v>
       </c>
       <c r="E37" t="s">
         <v>113</v>
       </c>
       <c r="F37" t="s">
         <v>93</v>
       </c>
       <c r="G37" t="s">
@@ -2103,80 +2103,80 @@
       </c>
       <c r="C42" t="s">
         <v>119</v>
       </c>
       <c r="D42" t="s">
         <v>120</v>
       </c>
       <c r="E42" t="s">
         <v>124</v>
       </c>
       <c r="F42" t="s">
         <v>125</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>126</v>
       </c>
       <c r="I42">
         <v>597</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>41915</v>
+        <v>42710</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>119</v>
       </c>
       <c r="D43" t="s">
         <v>120</v>
       </c>
       <c r="E43" t="s">
         <v>127</v>
       </c>
       <c r="F43" t="s">
         <v>128</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>129</v>
       </c>
       <c r="I43">
         <v>597</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>42710</v>
+        <v>41915</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>119</v>
       </c>
       <c r="D44" t="s">
         <v>120</v>
       </c>
       <c r="E44" t="s">
         <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>128</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>130</v>
       </c>
       <c r="I44">
         <v>597</v>
       </c>
@@ -2364,130 +2364,130 @@
       </c>
       <c r="C51" t="s">
         <v>140</v>
       </c>
       <c r="D51" t="s">
         <v>147</v>
       </c>
       <c r="E51" t="s">
         <v>145</v>
       </c>
       <c r="F51" t="s">
         <v>90</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>149</v>
       </c>
       <c r="I51">
         <v>597</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>41926</v>
+        <v>50989</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>140</v>
       </c>
       <c r="D52" t="s">
         <v>150</v>
       </c>
       <c r="E52" t="s">
         <v>142</v>
       </c>
       <c r="F52" t="s">
         <v>151</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>152</v>
       </c>
       <c r="I52">
         <v>597</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>44767</v>
+        <v>41926</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>140</v>
       </c>
       <c r="D53" t="s">
         <v>150</v>
       </c>
       <c r="E53" t="s">
         <v>142</v>
       </c>
       <c r="F53" t="s">
         <v>151</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="I53">
         <v>597</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>50989</v>
+        <v>44767</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>140</v>
       </c>
       <c r="D54" t="s">
         <v>150</v>
       </c>
       <c r="E54" t="s">
         <v>142</v>
       </c>
       <c r="F54" t="s">
         <v>151</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="I54">
         <v>597</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>42309</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55" t="s">
         <v>154</v>
       </c>
       <c r="E55" t="s">
         <v>155</v>
       </c>
       <c r="F55" t="s">
         <v>90</v>
       </c>
       <c r="G55" t="s">
@@ -2509,100 +2509,100 @@
       </c>
       <c r="C56" t="s">
         <v>140</v>
       </c>
       <c r="D56" t="s">
         <v>157</v>
       </c>
       <c r="E56" t="s">
         <v>145</v>
       </c>
       <c r="F56" t="s">
         <v>90</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>148</v>
       </c>
       <c r="I56">
         <v>597</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>56846</v>
+        <v>49682</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>140</v>
       </c>
       <c r="D57" t="s">
         <v>158</v>
       </c>
       <c r="E57" t="s">
         <v>145</v>
       </c>
       <c r="F57" t="s">
         <v>159</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
-      <c r="H57"/>
+      <c r="H57" t="s">
+        <v>160</v>
+      </c>
       <c r="I57">
         <v>597</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>49682</v>
+        <v>56846</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>140</v>
       </c>
       <c r="D58" t="s">
         <v>158</v>
       </c>
       <c r="E58" t="s">
         <v>145</v>
       </c>
       <c r="F58" t="s">
         <v>159</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H58"/>
       <c r="I58">
         <v>597</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>55161</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>140</v>
       </c>
       <c r="D59" t="s">
         <v>161</v>
       </c>
       <c r="E59" t="s">
         <v>162</v>
       </c>
       <c r="F59" t="s">
         <v>163</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>