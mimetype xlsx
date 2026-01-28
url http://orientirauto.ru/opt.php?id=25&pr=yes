--- v1 (2026-01-28)
+++ v2 (2026-01-28)
@@ -401,56 +401,56 @@
   <si>
     <t xml:space="preserve">TB13      </t>
   </si>
   <si>
     <t>G4EA</t>
   </si>
   <si>
     <t>58910-1C310</t>
   </si>
   <si>
     <t xml:space="preserve">TB14      </t>
   </si>
   <si>
     <t>G4EE</t>
   </si>
   <si>
     <t>58910-1C310, A/T</t>
   </si>
   <si>
     <t xml:space="preserve">TB16      </t>
   </si>
   <si>
     <t>G4ED</t>
   </si>
   <si>
+    <t>589101C800</t>
+  </si>
+  <si>
     <t>58910-1C800</t>
   </si>
   <si>
-    <t>589101C800</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t>BV61-2M110-AC</t>
   </si>
   <si>
     <t xml:space="preserve">Transit                                 </t>
   </si>
   <si>
     <t xml:space="preserve">FY        </t>
   </si>
   <si>
     <t>DOFA</t>
   </si>
   <si>
     <t>304 282 50669 9</t>
@@ -458,102 +458,102 @@
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
     <t>47660-CL73A, рестайлинг</t>
   </si>
   <si>
     <t>47660CL73A, рестайлинг</t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>0 265 951 564</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
+    <t>476601WX1A</t>
+  </si>
+  <si>
     <t>47660-3EV1A</t>
   </si>
   <si>
-    <t>476601WX1A</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
     <t>47660CG705</t>
   </si>
   <si>
     <t>47660CL73A</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>47660JL02A</t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t>476601CA9B</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
   <si>
     <t xml:space="preserve">JA60      </t>
   </si>
   <si>
     <t>VK56DE</t>
   </si>
   <si>
+    <t>47660-ZC000</t>
+  </si>
+  <si>
     <t>47660-7S065</t>
-  </si>
-[...1 lines deleted...]
-    <t>47660-ZC000</t>
   </si>
   <si>
     <t xml:space="preserve">Z62       </t>
   </si>
   <si>
     <t>VK56VD</t>
   </si>
   <si>
     <t xml:space="preserve">DAEWOO              </t>
   </si>
   <si>
     <t xml:space="preserve">Nexia                                   </t>
   </si>
   <si>
     <t xml:space="preserve">I         </t>
   </si>
   <si>
     <t>G15MF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1813,138 +1813,138 @@
       </c>
       <c r="C32" t="s">
         <v>74</v>
       </c>
       <c r="D32" t="s">
         <v>104</v>
       </c>
       <c r="E32" t="s">
         <v>108</v>
       </c>
       <c r="F32" t="s">
         <v>93</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>109</v>
       </c>
       <c r="I32">
         <v>597</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>41914</v>
+        <v>46291</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>104</v>
       </c>
       <c r="E33" t="s">
         <v>110</v>
       </c>
       <c r="F33" t="s">
         <v>93</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I33">
         <v>597</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>41854</v>
+        <v>41851</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>74</v>
       </c>
       <c r="D34" t="s">
         <v>104</v>
       </c>
       <c r="E34" t="s">
         <v>110</v>
       </c>
       <c r="F34" t="s">
         <v>93</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>109</v>
       </c>
       <c r="I34">
         <v>597</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>41851</v>
+        <v>41914</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="D35" t="s">
         <v>104</v>
       </c>
       <c r="E35" t="s">
         <v>110</v>
       </c>
       <c r="F35" t="s">
         <v>93</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I35">
         <v>597</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>46291</v>
+        <v>41854</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>74</v>
       </c>
       <c r="D36" t="s">
         <v>104</v>
       </c>
       <c r="E36" t="s">
         <v>110</v>
       </c>
       <c r="F36" t="s">
         <v>93</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>109</v>
       </c>
       <c r="I36">
         <v>597</v>
       </c>
@@ -2045,138 +2045,138 @@
       </c>
       <c r="C40" t="s">
         <v>119</v>
       </c>
       <c r="D40" t="s">
         <v>120</v>
       </c>
       <c r="E40" t="s">
         <v>121</v>
       </c>
       <c r="F40" t="s">
         <v>122</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>123</v>
       </c>
       <c r="I40">
         <v>597</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>41912</v>
+        <v>41850</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>119</v>
       </c>
       <c r="D41" t="s">
         <v>120</v>
       </c>
       <c r="E41" t="s">
         <v>124</v>
       </c>
       <c r="F41" t="s">
         <v>125</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I41">
         <v>597</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>41850</v>
+        <v>41912</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>119</v>
       </c>
       <c r="D42" t="s">
         <v>120</v>
       </c>
       <c r="E42" t="s">
         <v>124</v>
       </c>
       <c r="F42" t="s">
         <v>125</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I42">
         <v>597</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>42710</v>
+        <v>41915</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>119</v>
       </c>
       <c r="D43" t="s">
         <v>120</v>
       </c>
       <c r="E43" t="s">
         <v>127</v>
       </c>
       <c r="F43" t="s">
         <v>128</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>129</v>
       </c>
       <c r="I43">
         <v>597</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>41915</v>
+        <v>42710</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>119</v>
       </c>
       <c r="D44" t="s">
         <v>120</v>
       </c>
       <c r="E44" t="s">
         <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>128</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>130</v>
       </c>
       <c r="I44">
         <v>597</v>
       </c>
@@ -2306,80 +2306,80 @@
       </c>
       <c r="C49" t="s">
         <v>140</v>
       </c>
       <c r="D49" t="s">
         <v>141</v>
       </c>
       <c r="E49" t="s">
         <v>145</v>
       </c>
       <c r="F49" t="s">
         <v>106</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>146</v>
       </c>
       <c r="I49">
         <v>597</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>54037</v>
+        <v>41927</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>140</v>
       </c>
       <c r="D50" t="s">
         <v>147</v>
       </c>
       <c r="E50" t="s">
         <v>145</v>
       </c>
       <c r="F50" t="s">
         <v>90</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>148</v>
       </c>
       <c r="I50">
         <v>597</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>41927</v>
+        <v>54037</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>140</v>
       </c>
       <c r="D51" t="s">
         <v>147</v>
       </c>
       <c r="E51" t="s">
         <v>145</v>
       </c>
       <c r="F51" t="s">
         <v>90</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>149</v>
       </c>
       <c r="I51">
         <v>597</v>
       </c>
@@ -2501,144 +2501,144 @@
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>61718</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>140</v>
       </c>
       <c r="D56" t="s">
         <v>157</v>
       </c>
       <c r="E56" t="s">
         <v>145</v>
       </c>
       <c r="F56" t="s">
         <v>90</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I56">
         <v>597</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>49682</v>
+        <v>56846</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>140</v>
       </c>
       <c r="D57" t="s">
         <v>158</v>
       </c>
       <c r="E57" t="s">
         <v>145</v>
       </c>
       <c r="F57" t="s">
         <v>159</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
       <c r="I57">
         <v>597</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>56846</v>
+        <v>49682</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>140</v>
       </c>
       <c r="D58" t="s">
         <v>158</v>
       </c>
       <c r="E58" t="s">
         <v>145</v>
       </c>
       <c r="F58" t="s">
         <v>159</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
-      <c r="H58"/>
+      <c r="H58" t="s">
+        <v>160</v>
+      </c>
       <c r="I58">
         <v>597</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>55161</v>
+        <v>48373</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>140</v>
       </c>
       <c r="D59" t="s">
         <v>161</v>
       </c>
       <c r="E59" t="s">
         <v>162</v>
       </c>
       <c r="F59" t="s">
         <v>163</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
         <v>164</v>
       </c>
       <c r="I59">
         <v>597</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>48373</v>
+        <v>55161</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>140</v>
       </c>
       <c r="D60" t="s">
         <v>161</v>
       </c>
       <c r="E60" t="s">
         <v>162</v>
       </c>
       <c r="F60" t="s">
         <v>163</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>165</v>
       </c>
       <c r="I60">
         <v>597</v>
       </c>