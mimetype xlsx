--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -458,66 +458,66 @@
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
     <t>47660-CL73A, рестайлинг</t>
   </si>
   <si>
     <t>47660CL73A, рестайлинг</t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>0 265 951 564</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
+    <t>47660-3EV1A</t>
+  </si>
+  <si>
     <t>476601WX1A</t>
   </si>
   <si>
-    <t>47660-3EV1A</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
+    <t>47660CL73A</t>
+  </si>
+  <si>
     <t>47660CG705</t>
-  </si>
-[...1 lines deleted...]
-    <t>47660CL73A</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>47660JL02A</t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t>476601CA9B</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
@@ -1384,80 +1384,80 @@
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17" t="s">
         <v>63</v>
       </c>
       <c r="E17" t="s">
         <v>64</v>
       </c>
       <c r="F17" t="s">
         <v>65</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>66</v>
       </c>
       <c r="I17">
         <v>597</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>41827</v>
+        <v>41818</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>62</v>
       </c>
       <c r="D18" t="s">
         <v>63</v>
       </c>
       <c r="E18" t="s">
         <v>64</v>
       </c>
       <c r="F18" t="s">
         <v>67</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>68</v>
       </c>
       <c r="I18">
         <v>597</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>41818</v>
+        <v>41827</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>62</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>64</v>
       </c>
       <c r="F19" t="s">
         <v>67</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>68</v>
       </c>
       <c r="I19">
         <v>597</v>
       </c>
@@ -1813,138 +1813,138 @@
       </c>
       <c r="C32" t="s">
         <v>74</v>
       </c>
       <c r="D32" t="s">
         <v>104</v>
       </c>
       <c r="E32" t="s">
         <v>108</v>
       </c>
       <c r="F32" t="s">
         <v>93</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>109</v>
       </c>
       <c r="I32">
         <v>597</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>46291</v>
+        <v>41914</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>104</v>
       </c>
       <c r="E33" t="s">
         <v>110</v>
       </c>
       <c r="F33" t="s">
         <v>93</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I33">
         <v>597</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>41851</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>74</v>
       </c>
       <c r="D34" t="s">
         <v>104</v>
       </c>
       <c r="E34" t="s">
         <v>110</v>
       </c>
       <c r="F34" t="s">
         <v>93</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>109</v>
       </c>
       <c r="I34">
         <v>597</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>41914</v>
+        <v>41854</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="D35" t="s">
         <v>104</v>
       </c>
       <c r="E35" t="s">
         <v>110</v>
       </c>
       <c r="F35" t="s">
         <v>93</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I35">
         <v>597</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>41854</v>
+        <v>46291</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>74</v>
       </c>
       <c r="D36" t="s">
         <v>104</v>
       </c>
       <c r="E36" t="s">
         <v>110</v>
       </c>
       <c r="F36" t="s">
         <v>93</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>109</v>
       </c>
       <c r="I36">
         <v>597</v>
       </c>
@@ -2306,138 +2306,138 @@
       </c>
       <c r="C49" t="s">
         <v>140</v>
       </c>
       <c r="D49" t="s">
         <v>141</v>
       </c>
       <c r="E49" t="s">
         <v>145</v>
       </c>
       <c r="F49" t="s">
         <v>106</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>146</v>
       </c>
       <c r="I49">
         <v>597</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>41927</v>
+        <v>54037</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>140</v>
       </c>
       <c r="D50" t="s">
         <v>147</v>
       </c>
       <c r="E50" t="s">
         <v>145</v>
       </c>
       <c r="F50" t="s">
         <v>90</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>148</v>
       </c>
       <c r="I50">
         <v>597</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>54037</v>
+        <v>41927</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>140</v>
       </c>
       <c r="D51" t="s">
         <v>147</v>
       </c>
       <c r="E51" t="s">
         <v>145</v>
       </c>
       <c r="F51" t="s">
         <v>90</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>149</v>
       </c>
       <c r="I51">
         <v>597</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>50989</v>
+        <v>41926</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>140</v>
       </c>
       <c r="D52" t="s">
         <v>150</v>
       </c>
       <c r="E52" t="s">
         <v>142</v>
       </c>
       <c r="F52" t="s">
         <v>151</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>152</v>
       </c>
       <c r="I52">
         <v>597</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>41926</v>
+        <v>50989</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>140</v>
       </c>
       <c r="D53" t="s">
         <v>150</v>
       </c>
       <c r="E53" t="s">
         <v>142</v>
       </c>
       <c r="F53" t="s">
         <v>151</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>153</v>
       </c>
       <c r="I53">
         <v>597</v>
       </c>
@@ -2501,51 +2501,51 @@
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>61718</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>140</v>
       </c>
       <c r="D56" t="s">
         <v>157</v>
       </c>
       <c r="E56" t="s">
         <v>145</v>
       </c>
       <c r="F56" t="s">
         <v>90</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="I56">
         <v>597</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56846</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>140</v>
       </c>
       <c r="D57" t="s">
         <v>158</v>
       </c>
       <c r="E57" t="s">
         <v>145</v>
       </c>
       <c r="F57" t="s">
         <v>159</v>
       </c>
       <c r="G57" t="s">