--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -101,54 +101,54 @@
   <si>
     <t xml:space="preserve">SUZUKI              </t>
   </si>
   <si>
     <t xml:space="preserve">Escudo                                  </t>
   </si>
   <si>
     <t xml:space="preserve">TDA4W     </t>
   </si>
   <si>
     <t>J24B</t>
   </si>
   <si>
     <t xml:space="preserve">Лев. Перед. </t>
   </si>
   <si>
     <t xml:space="preserve">Grand Vitara                            </t>
   </si>
   <si>
     <t xml:space="preserve">JT        </t>
   </si>
   <si>
     <t>J20A</t>
   </si>
   <si>
+    <t xml:space="preserve">Прав. Задн. </t>
+  </si>
+  <si>
     <t xml:space="preserve">Лев. Задн. </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Прав. Задн. </t>
   </si>
   <si>
     <t xml:space="preserve">NISSAN              </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>QR20DE, часть, с подвесным</t>
   </si>
   <si>
     <t xml:space="preserve">Cube                                    </t>
   </si>
   <si>
     <t xml:space="preserve">BZ11      </t>
   </si>
   <si>
     <t xml:space="preserve">Fuga                                    </t>
   </si>
   <si>
     <t xml:space="preserve">KNY51     </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
@@ -784,78 +784,78 @@
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3">
         <v>3720</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>31575</v>
+        <v>31521</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>3720</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>31521</v>
+        <v>31575</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>3720</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -865,78 +865,78 @@
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>3720</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>31783</v>
+        <v>31784</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>29</v>
       </c>
       <c r="H7"/>
       <c r="I7">
         <v>3720</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>31784</v>
+        <v>31783</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>30</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>3720</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -975,177 +975,177 @@
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10">
         <v>3720</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>52377</v>
+        <v>52790</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>29</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>3720</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>59286</v>
+        <v>52377</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>3720</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>51900</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>3720</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>52790</v>
+        <v>59286</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>3720</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>50876</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>3720</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>46977</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>31</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
@@ -1271,307 +1271,307 @@
       </c>
       <c r="I20">
         <v>3720</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>40017</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>31</v>
       </c>
       <c r="D21" t="s">
         <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>3720</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>39987</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>31</v>
       </c>
       <c r="D22" t="s">
         <v>51</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>3720</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>58075</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>51</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>3720</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>46420</v>
+        <v>46421</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>31</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>40</v>
       </c>
       <c r="G24" t="s">
         <v>30</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>3720</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>46421</v>
+        <v>46420</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>31</v>
       </c>
       <c r="D25" t="s">
         <v>51</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>40</v>
       </c>
       <c r="G25" t="s">
         <v>29</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>3720</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>56523</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>31</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H26" t="s">
         <v>59</v>
       </c>
       <c r="I26">
         <v>3720</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>56522</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>31</v>
       </c>
       <c r="D27" t="s">
         <v>51</v>
       </c>
       <c r="E27" t="s">
         <v>57</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H27" t="s">
         <v>59</v>
       </c>
       <c r="I27">
         <v>3720</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>51326</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>31</v>
       </c>
       <c r="D28" t="s">
         <v>60</v>
       </c>
       <c r="E28" t="s">
         <v>61</v>
       </c>
       <c r="F28" t="s">
         <v>40</v>
       </c>
       <c r="G28" t="s">
         <v>25</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>3720</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>12239</v>
+        <v>12240</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>31</v>
       </c>
       <c r="D29" t="s">
         <v>62</v>
       </c>
       <c r="E29" t="s">
         <v>63</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>29</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>3720</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>15492</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>31</v>
       </c>
       <c r="D30" t="s">
         <v>62</v>
       </c>
       <c r="E30" t="s">
         <v>63</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>3720</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>12240</v>
+        <v>12239</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>31</v>
       </c>
       <c r="D31" t="s">
         <v>62</v>
       </c>
       <c r="E31" t="s">
         <v>63</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>30</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>3720</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1641,96 +1641,96 @@
       </c>
       <c r="C34" t="s">
         <v>67</v>
       </c>
       <c r="D34" t="s">
         <v>68</v>
       </c>
       <c r="E34" t="s">
         <v>71</v>
       </c>
       <c r="F34" t="s">
         <v>72</v>
       </c>
       <c r="G34" t="s">
         <v>25</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34">
         <v>3720</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>54997</v>
+        <v>54996</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>67</v>
       </c>
       <c r="D35" t="s">
         <v>73</v>
       </c>
       <c r="E35" t="s">
         <v>74</v>
       </c>
       <c r="F35" t="s">
         <v>75</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>3720</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>54996</v>
+        <v>54997</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>67</v>
       </c>
       <c r="D36" t="s">
         <v>73</v>
       </c>
       <c r="E36" t="s">
         <v>74</v>
       </c>
       <c r="F36" t="s">
         <v>75</v>
       </c>
       <c r="G36" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>3720</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>37551</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>76</v>
       </c>
       <c r="D37" t="s">
         <v>77</v>
       </c>
       <c r="E37" t="s">
         <v>78</v>
       </c>
       <c r="F37" t="s">
         <v>79</v>
       </c>
@@ -1749,599 +1749,599 @@
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>80</v>
       </c>
       <c r="D38" t="s">
         <v>81</v>
       </c>
       <c r="E38" t="s">
         <v>82</v>
       </c>
       <c r="F38" t="s">
         <v>40</v>
       </c>
       <c r="G38" t="s">
         <v>83</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>3720</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>34280</v>
+        <v>40477</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>80</v>
       </c>
       <c r="D39" t="s">
         <v>81</v>
       </c>
       <c r="E39" t="s">
         <v>82</v>
       </c>
       <c r="F39" t="s">
         <v>40</v>
       </c>
       <c r="G39" t="s">
         <v>83</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>3720</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>40477</v>
+        <v>54405</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>80</v>
       </c>
       <c r="D40" t="s">
         <v>81</v>
       </c>
       <c r="E40" t="s">
         <v>82</v>
       </c>
       <c r="F40" t="s">
         <v>40</v>
       </c>
       <c r="G40" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>3720</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>54406</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>80</v>
       </c>
       <c r="D41" t="s">
         <v>81</v>
       </c>
       <c r="E41" t="s">
         <v>82</v>
       </c>
       <c r="F41" t="s">
         <v>40</v>
       </c>
       <c r="G41" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H41"/>
       <c r="I41">
         <v>3720</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>54405</v>
+        <v>34280</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42" t="s">
         <v>81</v>
       </c>
       <c r="E42" t="s">
         <v>82</v>
       </c>
       <c r="F42" t="s">
         <v>40</v>
       </c>
       <c r="G42" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="H42"/>
       <c r="I42">
         <v>3720</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>60470</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>80</v>
       </c>
       <c r="D43" t="s">
         <v>81</v>
       </c>
       <c r="E43" t="s">
         <v>82</v>
       </c>
       <c r="F43" t="s">
         <v>40</v>
       </c>
       <c r="G43" t="s">
         <v>25</v>
       </c>
       <c r="H43" t="s">
         <v>84</v>
       </c>
       <c r="I43">
         <v>3720</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>48113</v>
+        <v>58241</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>80</v>
       </c>
       <c r="D44" t="s">
         <v>81</v>
       </c>
       <c r="E44" t="s">
         <v>85</v>
       </c>
       <c r="F44" t="s">
         <v>53</v>
       </c>
       <c r="G44" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="H44"/>
       <c r="I44">
         <v>3720</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>43186</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>80</v>
       </c>
       <c r="D45" t="s">
         <v>81</v>
       </c>
       <c r="E45" t="s">
         <v>85</v>
       </c>
       <c r="F45" t="s">
         <v>53</v>
       </c>
       <c r="G45" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H45" t="s">
         <v>86</v>
       </c>
       <c r="I45">
         <v>3720</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>58241</v>
+        <v>58242</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>80</v>
       </c>
       <c r="D46" t="s">
         <v>81</v>
       </c>
       <c r="E46" t="s">
         <v>85</v>
       </c>
       <c r="F46" t="s">
         <v>53</v>
       </c>
       <c r="G46" t="s">
         <v>29</v>
       </c>
       <c r="H46"/>
       <c r="I46">
         <v>3720</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>43188</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>80</v>
       </c>
       <c r="D47" t="s">
         <v>81</v>
       </c>
       <c r="E47" t="s">
         <v>85</v>
       </c>
       <c r="F47" t="s">
         <v>53</v>
       </c>
       <c r="G47" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H47" t="s">
         <v>87</v>
       </c>
       <c r="I47">
         <v>3720</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>45538</v>
+        <v>48113</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>80</v>
       </c>
       <c r="D48" t="s">
         <v>81</v>
       </c>
       <c r="E48" t="s">
         <v>85</v>
       </c>
       <c r="F48" t="s">
         <v>53</v>
       </c>
       <c r="G48" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="H48"/>
       <c r="I48">
         <v>3720</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>58242</v>
+        <v>45538</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>80</v>
       </c>
       <c r="D49" t="s">
         <v>81</v>
       </c>
       <c r="E49" t="s">
         <v>85</v>
       </c>
       <c r="F49" t="s">
         <v>53</v>
       </c>
       <c r="G49" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>3720</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>53925</v>
+        <v>53940</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>80</v>
       </c>
       <c r="D50" t="s">
         <v>88</v>
       </c>
       <c r="E50" t="s">
         <v>85</v>
       </c>
       <c r="F50" t="s">
         <v>38</v>
       </c>
       <c r="G50" t="s">
         <v>30</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>3720</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>61621</v>
+        <v>53925</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>80</v>
       </c>
       <c r="D51" t="s">
         <v>88</v>
       </c>
       <c r="E51" t="s">
         <v>85</v>
       </c>
       <c r="F51" t="s">
         <v>38</v>
       </c>
       <c r="G51" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="H51"/>
       <c r="I51">
         <v>3720</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>53940</v>
+        <v>61621</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>80</v>
       </c>
       <c r="D52" t="s">
         <v>88</v>
       </c>
       <c r="E52" t="s">
         <v>85</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
       <c r="G52" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="H52"/>
+        <v>25</v>
+      </c>
+      <c r="H52" t="s">
+        <v>84</v>
+      </c>
       <c r="I52">
         <v>3720</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>44725</v>
+        <v>35744</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>80</v>
       </c>
       <c r="D53" t="s">
         <v>89</v>
       </c>
       <c r="E53" t="s">
         <v>82</v>
       </c>
       <c r="F53" t="s">
         <v>90</v>
       </c>
       <c r="G53" t="s">
         <v>83</v>
       </c>
       <c r="H53"/>
       <c r="I53">
         <v>3720</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>57119</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>80</v>
       </c>
       <c r="D54" t="s">
         <v>89</v>
       </c>
       <c r="E54" t="s">
         <v>82</v>
       </c>
       <c r="F54" t="s">
         <v>90</v>
       </c>
       <c r="G54" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H54"/>
       <c r="I54">
         <v>3720</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>35745</v>
+        <v>57120</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>80</v>
       </c>
       <c r="D55" t="s">
         <v>89</v>
       </c>
       <c r="E55" t="s">
         <v>82</v>
       </c>
       <c r="F55" t="s">
         <v>90</v>
       </c>
       <c r="G55" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>3720</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>35744</v>
+        <v>44725</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>80</v>
       </c>
       <c r="D56" t="s">
         <v>89</v>
       </c>
       <c r="E56" t="s">
         <v>82</v>
       </c>
       <c r="F56" t="s">
         <v>90</v>
       </c>
       <c r="G56" t="s">
         <v>83</v>
       </c>
       <c r="H56"/>
       <c r="I56">
         <v>3720</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>57120</v>
+        <v>35745</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>80</v>
       </c>
       <c r="D57" t="s">
         <v>89</v>
       </c>
       <c r="E57" t="s">
         <v>82</v>
       </c>
       <c r="F57" t="s">
         <v>90</v>
       </c>
       <c r="G57" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="H57"/>
       <c r="I57">
         <v>3720</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>42766</v>
+        <v>42767</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>80</v>
       </c>
       <c r="D58" t="s">
         <v>91</v>
       </c>
       <c r="E58" t="s">
         <v>54</v>
       </c>
       <c r="F58" t="s">
         <v>38</v>
       </c>
       <c r="G58" t="s">
         <v>30</v>
       </c>
       <c r="H58"/>
       <c r="I58">
         <v>3720</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>42767</v>
+        <v>42766</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>80</v>
       </c>
       <c r="D59" t="s">
         <v>91</v>
       </c>
       <c r="E59" t="s">
         <v>54</v>
       </c>
       <c r="F59" t="s">
         <v>38</v>
       </c>
       <c r="G59" t="s">
         <v>29</v>
       </c>
       <c r="H59"/>
       <c r="I59">
         <v>3720</v>
       </c>
     </row>
     <row r="60" spans="1:9">
@@ -2378,397 +2378,397 @@
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>80</v>
       </c>
       <c r="D61" t="s">
         <v>92</v>
       </c>
       <c r="E61" t="s">
         <v>85</v>
       </c>
       <c r="F61" t="s">
         <v>38</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>3720</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>56932</v>
+        <v>49804</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>80</v>
       </c>
       <c r="D62" t="s">
         <v>93</v>
       </c>
       <c r="E62" t="s">
         <v>85</v>
       </c>
       <c r="F62" t="s">
         <v>94</v>
       </c>
       <c r="G62" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>3720</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>56933</v>
+        <v>59541</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>80</v>
       </c>
       <c r="D63" t="s">
         <v>93</v>
       </c>
       <c r="E63" t="s">
         <v>85</v>
       </c>
       <c r="F63" t="s">
         <v>94</v>
       </c>
       <c r="G63" t="s">
         <v>25</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>3720</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>59757</v>
+        <v>55352</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>80</v>
       </c>
       <c r="D64" t="s">
         <v>93</v>
       </c>
       <c r="E64" t="s">
         <v>85</v>
       </c>
       <c r="F64" t="s">
         <v>94</v>
       </c>
       <c r="G64" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>3720</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>59541</v>
+        <v>56931</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>80</v>
       </c>
       <c r="D65" t="s">
         <v>93</v>
       </c>
       <c r="E65" t="s">
         <v>85</v>
       </c>
       <c r="F65" t="s">
         <v>94</v>
       </c>
       <c r="G65" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>3720</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>57624</v>
+        <v>56932</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>80</v>
       </c>
       <c r="D66" t="s">
         <v>93</v>
       </c>
       <c r="E66" t="s">
         <v>85</v>
       </c>
       <c r="F66" t="s">
         <v>94</v>
       </c>
       <c r="G66" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>3720</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>53610</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>80</v>
       </c>
       <c r="D67" t="s">
         <v>93</v>
       </c>
       <c r="E67" t="s">
         <v>85</v>
       </c>
       <c r="F67" t="s">
         <v>94</v>
       </c>
       <c r="G67" t="s">
         <v>25</v>
       </c>
       <c r="H67"/>
       <c r="I67">
         <v>3720</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>49804</v>
+        <v>57624</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>80</v>
       </c>
       <c r="D68" t="s">
         <v>93</v>
       </c>
       <c r="E68" t="s">
         <v>85</v>
       </c>
       <c r="F68" t="s">
         <v>94</v>
       </c>
       <c r="G68" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>3720</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>55351</v>
+        <v>50852</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>80</v>
       </c>
       <c r="D69" t="s">
         <v>93</v>
       </c>
       <c r="E69" t="s">
         <v>85</v>
       </c>
       <c r="F69" t="s">
         <v>94</v>
       </c>
       <c r="G69" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H69"/>
       <c r="I69">
         <v>3720</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>55352</v>
+        <v>59757</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>80</v>
       </c>
       <c r="D70" t="s">
         <v>93</v>
       </c>
       <c r="E70" t="s">
         <v>85</v>
       </c>
       <c r="F70" t="s">
         <v>94</v>
       </c>
       <c r="G70" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H70"/>
       <c r="I70">
         <v>3720</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>49813</v>
+        <v>50141</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>80</v>
       </c>
       <c r="D71" t="s">
         <v>93</v>
       </c>
       <c r="E71" t="s">
         <v>85</v>
       </c>
       <c r="F71" t="s">
         <v>94</v>
       </c>
       <c r="G71" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="H71"/>
+        <v>25</v>
+      </c>
+      <c r="H71" t="s">
+        <v>95</v>
+      </c>
       <c r="I71">
         <v>3720</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>56931</v>
+        <v>56933</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>80</v>
       </c>
       <c r="D72" t="s">
         <v>93</v>
       </c>
       <c r="E72" t="s">
         <v>85</v>
       </c>
       <c r="F72" t="s">
         <v>94</v>
       </c>
       <c r="G72" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H72"/>
       <c r="I72">
         <v>3720</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>50852</v>
+        <v>49813</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>80</v>
       </c>
       <c r="D73" t="s">
         <v>93</v>
       </c>
       <c r="E73" t="s">
         <v>85</v>
       </c>
       <c r="F73" t="s">
         <v>94</v>
       </c>
       <c r="G73" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H73"/>
       <c r="I73">
         <v>3720</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>50141</v>
+        <v>55351</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>80</v>
       </c>
       <c r="D74" t="s">
         <v>93</v>
       </c>
       <c r="E74" t="s">
         <v>85</v>
       </c>
       <c r="F74" t="s">
         <v>94</v>
       </c>
       <c r="G74" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H74"/>
       <c r="I74">
         <v>3720</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>59363</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>80</v>
       </c>
       <c r="D75" t="s">
         <v>96</v>
       </c>
       <c r="E75" t="s">
         <v>97</v>
       </c>
       <c r="F75" t="s">
         <v>98</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>