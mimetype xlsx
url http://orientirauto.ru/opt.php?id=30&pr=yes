--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -272,54 +272,54 @@
   <si>
     <t xml:space="preserve">C5        </t>
   </si>
   <si>
     <t>ATQ</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
     <t xml:space="preserve"> Задн. </t>
   </si>
   <si>
     <t>полуось</t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
+    <t>39601-1DR0A</t>
+  </si>
+  <si>
     <t>39600-1CC0A</t>
-  </si>
-[...1 lines deleted...]
-    <t>39601-1DR0A</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t>полуось промежуточная</t>
   </si>
@@ -784,78 +784,78 @@
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3">
         <v>3720</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>31521</v>
+        <v>31575</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>3720</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>31575</v>
+        <v>31521</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>3720</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -1029,96 +1029,96 @@
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>30</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>3720</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>51900</v>
+        <v>59286</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>3720</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>59286</v>
+        <v>51900</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>3720</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>50876</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
@@ -1253,177 +1253,177 @@
       </c>
       <c r="C20" t="s">
         <v>31</v>
       </c>
       <c r="D20" t="s">
         <v>46</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20">
         <v>3720</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>40017</v>
+        <v>39987</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>31</v>
       </c>
       <c r="D21" t="s">
         <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>3720</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>39987</v>
+        <v>40017</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>31</v>
       </c>
       <c r="D22" t="s">
         <v>51</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>3720</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>58075</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>51</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>29</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>3720</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>46421</v>
+        <v>46420</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>31</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>40</v>
       </c>
       <c r="G24" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>3720</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>46420</v>
+        <v>46421</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>31</v>
       </c>
       <c r="D25" t="s">
         <v>51</v>
       </c>
       <c r="E25" t="s">
         <v>56</v>
       </c>
       <c r="F25" t="s">
         <v>40</v>
       </c>
       <c r="G25" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>3720</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>56523</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>31</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
@@ -1500,78 +1500,78 @@
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>31</v>
       </c>
       <c r="D29" t="s">
         <v>62</v>
       </c>
       <c r="E29" t="s">
         <v>63</v>
       </c>
       <c r="F29" t="s">
         <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>29</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>3720</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>15492</v>
+        <v>12239</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>31</v>
       </c>
       <c r="D30" t="s">
         <v>62</v>
       </c>
       <c r="E30" t="s">
         <v>63</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>30</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>3720</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>12239</v>
+        <v>15492</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>31</v>
       </c>
       <c r="D31" t="s">
         <v>62</v>
       </c>
       <c r="E31" t="s">
         <v>63</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>30</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>3720</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1722,833 +1722,833 @@
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>76</v>
       </c>
       <c r="D37" t="s">
         <v>77</v>
       </c>
       <c r="E37" t="s">
         <v>78</v>
       </c>
       <c r="F37" t="s">
         <v>79</v>
       </c>
       <c r="G37" t="s">
         <v>25</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>3720</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>40476</v>
+        <v>54406</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>80</v>
       </c>
       <c r="D38" t="s">
         <v>81</v>
       </c>
       <c r="E38" t="s">
         <v>82</v>
       </c>
       <c r="F38" t="s">
         <v>40</v>
       </c>
       <c r="G38" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>3720</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>40477</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>80</v>
       </c>
       <c r="D39" t="s">
         <v>81</v>
       </c>
       <c r="E39" t="s">
         <v>82</v>
       </c>
       <c r="F39" t="s">
         <v>40</v>
       </c>
       <c r="G39" t="s">
         <v>83</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>3720</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>54405</v>
+        <v>40476</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>80</v>
       </c>
       <c r="D40" t="s">
         <v>81</v>
       </c>
       <c r="E40" t="s">
         <v>82</v>
       </c>
       <c r="F40" t="s">
         <v>40</v>
       </c>
       <c r="G40" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>3720</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>54406</v>
+        <v>54405</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>80</v>
       </c>
       <c r="D41" t="s">
         <v>81</v>
       </c>
       <c r="E41" t="s">
         <v>82</v>
       </c>
       <c r="F41" t="s">
         <v>40</v>
       </c>
       <c r="G41" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H41"/>
       <c r="I41">
         <v>3720</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>34280</v>
+        <v>60470</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42" t="s">
         <v>81</v>
       </c>
       <c r="E42" t="s">
         <v>82</v>
       </c>
       <c r="F42" t="s">
         <v>40</v>
       </c>
       <c r="G42" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>25</v>
+      </c>
+      <c r="H42" t="s">
+        <v>84</v>
+      </c>
       <c r="I42">
         <v>3720</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>60470</v>
+        <v>34280</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>80</v>
       </c>
       <c r="D43" t="s">
         <v>81</v>
       </c>
       <c r="E43" t="s">
         <v>82</v>
       </c>
       <c r="F43" t="s">
         <v>40</v>
       </c>
       <c r="G43" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H43"/>
       <c r="I43">
         <v>3720</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>58241</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>80</v>
       </c>
       <c r="D44" t="s">
         <v>81</v>
       </c>
       <c r="E44" t="s">
         <v>85</v>
       </c>
       <c r="F44" t="s">
         <v>53</v>
       </c>
       <c r="G44" t="s">
         <v>30</v>
       </c>
       <c r="H44"/>
       <c r="I44">
         <v>3720</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>43186</v>
+        <v>48113</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>80</v>
       </c>
       <c r="D45" t="s">
         <v>81</v>
       </c>
       <c r="E45" t="s">
         <v>85</v>
       </c>
       <c r="F45" t="s">
         <v>53</v>
       </c>
       <c r="G45" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H45"/>
       <c r="I45">
         <v>3720</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>58242</v>
+        <v>43188</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>80</v>
       </c>
       <c r="D46" t="s">
         <v>81</v>
       </c>
       <c r="E46" t="s">
         <v>85</v>
       </c>
       <c r="F46" t="s">
         <v>53</v>
       </c>
       <c r="G46" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="H46"/>
+        <v>30</v>
+      </c>
+      <c r="H46" t="s">
+        <v>86</v>
+      </c>
       <c r="I46">
         <v>3720</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>43188</v>
+        <v>45538</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>80</v>
       </c>
       <c r="D47" t="s">
         <v>81</v>
       </c>
       <c r="E47" t="s">
         <v>85</v>
       </c>
       <c r="F47" t="s">
         <v>53</v>
       </c>
       <c r="G47" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="H47"/>
       <c r="I47">
         <v>3720</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>48113</v>
+        <v>43186</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>80</v>
       </c>
       <c r="D48" t="s">
         <v>81</v>
       </c>
       <c r="E48" t="s">
         <v>85</v>
       </c>
       <c r="F48" t="s">
         <v>53</v>
       </c>
       <c r="G48" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>29</v>
+      </c>
+      <c r="H48" t="s">
+        <v>87</v>
+      </c>
       <c r="I48">
         <v>3720</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>45538</v>
+        <v>58242</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>80</v>
       </c>
       <c r="D49" t="s">
         <v>81</v>
       </c>
       <c r="E49" t="s">
         <v>85</v>
       </c>
       <c r="F49" t="s">
         <v>53</v>
       </c>
       <c r="G49" t="s">
         <v>29</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>3720</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>53940</v>
+        <v>53925</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>80</v>
       </c>
       <c r="D50" t="s">
         <v>88</v>
       </c>
       <c r="E50" t="s">
         <v>85</v>
       </c>
       <c r="F50" t="s">
         <v>38</v>
       </c>
       <c r="G50" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>3720</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>53925</v>
+        <v>53940</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>80</v>
       </c>
       <c r="D51" t="s">
         <v>88</v>
       </c>
       <c r="E51" t="s">
         <v>85</v>
       </c>
       <c r="F51" t="s">
         <v>38</v>
       </c>
       <c r="G51" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H51"/>
       <c r="I51">
         <v>3720</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>61621</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>80</v>
       </c>
       <c r="D52" t="s">
         <v>88</v>
       </c>
       <c r="E52" t="s">
         <v>85</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52" t="s">
         <v>84</v>
       </c>
       <c r="I52">
         <v>3720</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>35744</v>
+        <v>35745</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>80</v>
       </c>
       <c r="D53" t="s">
         <v>89</v>
       </c>
       <c r="E53" t="s">
         <v>82</v>
       </c>
       <c r="F53" t="s">
         <v>90</v>
       </c>
       <c r="G53" t="s">
         <v>83</v>
       </c>
       <c r="H53"/>
       <c r="I53">
         <v>3720</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>57119</v>
+        <v>57120</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>80</v>
       </c>
       <c r="D54" t="s">
         <v>89</v>
       </c>
       <c r="E54" t="s">
         <v>82</v>
       </c>
       <c r="F54" t="s">
         <v>90</v>
       </c>
       <c r="G54" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H54"/>
       <c r="I54">
         <v>3720</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>57120</v>
+        <v>57119</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>80</v>
       </c>
       <c r="D55" t="s">
         <v>89</v>
       </c>
       <c r="E55" t="s">
         <v>82</v>
       </c>
       <c r="F55" t="s">
         <v>90</v>
       </c>
       <c r="G55" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>3720</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>44725</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>80</v>
       </c>
       <c r="D56" t="s">
         <v>89</v>
       </c>
       <c r="E56" t="s">
         <v>82</v>
       </c>
       <c r="F56" t="s">
         <v>90</v>
       </c>
       <c r="G56" t="s">
         <v>83</v>
       </c>
       <c r="H56"/>
       <c r="I56">
         <v>3720</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>35745</v>
+        <v>35744</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>80</v>
       </c>
       <c r="D57" t="s">
         <v>89</v>
       </c>
       <c r="E57" t="s">
         <v>82</v>
       </c>
       <c r="F57" t="s">
         <v>90</v>
       </c>
       <c r="G57" t="s">
         <v>83</v>
       </c>
       <c r="H57"/>
       <c r="I57">
         <v>3720</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>42767</v>
+        <v>42766</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>80</v>
       </c>
       <c r="D58" t="s">
         <v>91</v>
       </c>
       <c r="E58" t="s">
         <v>54</v>
       </c>
       <c r="F58" t="s">
         <v>38</v>
       </c>
       <c r="G58" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H58"/>
       <c r="I58">
         <v>3720</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>42766</v>
+        <v>42767</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>80</v>
       </c>
       <c r="D59" t="s">
         <v>91</v>
       </c>
       <c r="E59" t="s">
         <v>54</v>
       </c>
       <c r="F59" t="s">
         <v>38</v>
       </c>
       <c r="G59" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H59"/>
       <c r="I59">
         <v>3720</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>61782</v>
+        <v>61761</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>80</v>
       </c>
       <c r="D60" t="s">
         <v>92</v>
       </c>
       <c r="E60" t="s">
         <v>85</v>
       </c>
       <c r="F60" t="s">
         <v>38</v>
       </c>
       <c r="G60" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H60"/>
       <c r="I60">
         <v>3720</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>61761</v>
+        <v>61782</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>80</v>
       </c>
       <c r="D61" t="s">
         <v>92</v>
       </c>
       <c r="E61" t="s">
         <v>85</v>
       </c>
       <c r="F61" t="s">
         <v>38</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>3720</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>49804</v>
+        <v>56931</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>80</v>
       </c>
       <c r="D62" t="s">
         <v>93</v>
       </c>
       <c r="E62" t="s">
         <v>85</v>
       </c>
       <c r="F62" t="s">
         <v>94</v>
       </c>
       <c r="G62" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>3720</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>59541</v>
+        <v>55352</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>80</v>
       </c>
       <c r="D63" t="s">
         <v>93</v>
       </c>
       <c r="E63" t="s">
         <v>85</v>
       </c>
       <c r="F63" t="s">
         <v>94</v>
       </c>
       <c r="G63" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>3720</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>55352</v>
+        <v>56933</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>80</v>
       </c>
       <c r="D64" t="s">
         <v>93</v>
       </c>
       <c r="E64" t="s">
         <v>85</v>
       </c>
       <c r="F64" t="s">
         <v>94</v>
       </c>
       <c r="G64" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>3720</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>56931</v>
+        <v>49813</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>80</v>
       </c>
       <c r="D65" t="s">
         <v>93</v>
       </c>
       <c r="E65" t="s">
         <v>85</v>
       </c>
       <c r="F65" t="s">
         <v>94</v>
       </c>
       <c r="G65" t="s">
         <v>30</v>
       </c>
       <c r="H65"/>
       <c r="I65">
         <v>3720</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>56932</v>
+        <v>55351</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>80</v>
       </c>
       <c r="D66" t="s">
         <v>93</v>
       </c>
       <c r="E66" t="s">
         <v>85</v>
       </c>
       <c r="F66" t="s">
         <v>94</v>
       </c>
       <c r="G66" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>3720</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>53610</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>80</v>
       </c>
       <c r="D67" t="s">
         <v>93</v>
       </c>
       <c r="E67" t="s">
         <v>85</v>
       </c>
       <c r="F67" t="s">
         <v>94</v>
       </c>
@@ -2650,181 +2650,181 @@
       </c>
       <c r="C71" t="s">
         <v>80</v>
       </c>
       <c r="D71" t="s">
         <v>93</v>
       </c>
       <c r="E71" t="s">
         <v>85</v>
       </c>
       <c r="F71" t="s">
         <v>94</v>
       </c>
       <c r="G71" t="s">
         <v>25</v>
       </c>
       <c r="H71" t="s">
         <v>95</v>
       </c>
       <c r="I71">
         <v>3720</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>56933</v>
+        <v>49804</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>80</v>
       </c>
       <c r="D72" t="s">
         <v>93</v>
       </c>
       <c r="E72" t="s">
         <v>85</v>
       </c>
       <c r="F72" t="s">
         <v>94</v>
       </c>
       <c r="G72" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H72"/>
       <c r="I72">
         <v>3720</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>49813</v>
+        <v>59541</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>80</v>
       </c>
       <c r="D73" t="s">
         <v>93</v>
       </c>
       <c r="E73" t="s">
         <v>85</v>
       </c>
       <c r="F73" t="s">
         <v>94</v>
       </c>
       <c r="G73" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H73"/>
       <c r="I73">
         <v>3720</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>55351</v>
+        <v>56932</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>80</v>
       </c>
       <c r="D74" t="s">
         <v>93</v>
       </c>
       <c r="E74" t="s">
         <v>85</v>
       </c>
       <c r="F74" t="s">
         <v>94</v>
       </c>
       <c r="G74" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H74"/>
       <c r="I74">
         <v>3720</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>59363</v>
+        <v>60739</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>80</v>
       </c>
       <c r="D75" t="s">
         <v>96</v>
       </c>
       <c r="E75" t="s">
         <v>97</v>
       </c>
       <c r="F75" t="s">
         <v>98</v>
       </c>
       <c r="G75" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H75"/>
+        <v>25</v>
+      </c>
+      <c r="H75" t="s">
+        <v>99</v>
+      </c>
       <c r="I75">
         <v>3720</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>60739</v>
+        <v>59363</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>80</v>
       </c>
       <c r="D76" t="s">
         <v>96</v>
       </c>
       <c r="E76" t="s">
         <v>97</v>
       </c>
       <c r="F76" t="s">
         <v>98</v>
       </c>
       <c r="G76" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H76"/>
       <c r="I76">
         <v>3720</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>61519</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>80</v>
       </c>
       <c r="D77" t="s">
         <v>100</v>
       </c>
       <c r="E77" t="s">
         <v>101</v>
       </c>
       <c r="F77" t="s">
         <v>40</v>
       </c>
       <c r="G77" t="s">
         <v>25</v>