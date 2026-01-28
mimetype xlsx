--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -260,66 +260,66 @@
   <si>
     <t xml:space="preserve">V35       </t>
   </si>
   <si>
     <t>VQ25DD</t>
   </si>
   <si>
     <t xml:space="preserve">Stagea                                  </t>
   </si>
   <si>
     <t xml:space="preserve">PNM35     </t>
   </si>
   <si>
     <t xml:space="preserve">HYUNDAI             </t>
   </si>
   <si>
     <t xml:space="preserve">Getz                                    </t>
   </si>
   <si>
     <t xml:space="preserve">TB13      </t>
   </si>
   <si>
     <t>G4EA</t>
   </si>
   <si>
+    <t>правый руль</t>
+  </si>
+  <si>
     <t>левый руль, МКПП</t>
   </si>
   <si>
-    <t>правый руль</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TB14      </t>
   </si>
   <si>
     <t>G4EE</t>
   </si>
   <si>
+    <t>левый руль, рестайлинг</t>
+  </si>
+  <si>
     <t>левый руль</t>
-  </si>
-[...1 lines deleted...]
-    <t>левый руль, рестайлинг</t>
   </si>
   <si>
     <t xml:space="preserve">TB16      </t>
   </si>
   <si>
     <t>G4ED</t>
   </si>
   <si>
     <t xml:space="preserve">Click                                   </t>
   </si>
   <si>
     <t>накладка</t>
   </si>
   <si>
     <t xml:space="preserve">Avante                                  </t>
   </si>
   <si>
     <t xml:space="preserve">MD        </t>
   </si>
   <si>
     <t>G4FD</t>
   </si>
   <si>
     <t>46700-3X300</t>
   </si>
@@ -957,78 +957,78 @@
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>1156</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>43302</v>
+        <v>43303</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>36</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>1156</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>43303</v>
+        <v>43302</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>39</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>1156</v>
       </c>
     </row>
     <row r="12" spans="1:9">
@@ -1065,78 +1065,78 @@
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>44</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>1156</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>43308</v>
+        <v>43309</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>48</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>1156</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>43309</v>
+        <v>43308</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>48</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>1156</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1312,412 +1312,412 @@
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>53</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
       <c r="E22" t="s">
         <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>70</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>1156</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>43293</v>
+        <v>43292</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
       <c r="E23" t="s">
         <v>71</v>
       </c>
       <c r="F23" t="s">
         <v>58</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>72</v>
       </c>
       <c r="I23">
         <v>1156</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>43292</v>
+        <v>43294</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>71</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I24">
         <v>1156</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>43294</v>
+        <v>43293</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>53</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25" t="s">
         <v>71</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="I25">
         <v>1156</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>56569</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>53</v>
       </c>
       <c r="D26" t="s">
         <v>66</v>
       </c>
       <c r="E26" t="s">
         <v>74</v>
       </c>
       <c r="F26" t="s">
         <v>75</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>1156</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>51510</v>
+        <v>43288</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>53</v>
       </c>
       <c r="D27" t="s">
         <v>76</v>
       </c>
       <c r="E27" t="s">
         <v>77</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>1156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>43289</v>
+        <v>51510</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>53</v>
       </c>
       <c r="D28" t="s">
         <v>76</v>
       </c>
       <c r="E28" t="s">
         <v>77</v>
       </c>
       <c r="F28" t="s">
         <v>58</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>1156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>43288</v>
+        <v>43289</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29" t="s">
         <v>76</v>
       </c>
       <c r="E29" t="s">
         <v>77</v>
       </c>
       <c r="F29" t="s">
         <v>58</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>1156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>47906</v>
+        <v>43273</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>78</v>
       </c>
       <c r="D30" t="s">
         <v>79</v>
       </c>
       <c r="E30" t="s">
         <v>80</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>82</v>
       </c>
       <c r="I30">
         <v>1156</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>43278</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>78</v>
       </c>
       <c r="D31" t="s">
         <v>79</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
         <v>81</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I31">
         <v>1156</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>43273</v>
+        <v>47906</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>81</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>83</v>
       </c>
       <c r="I32">
         <v>1156</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>43276</v>
+        <v>43274</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33" t="s">
         <v>79</v>
       </c>
       <c r="E33" t="s">
         <v>84</v>
       </c>
       <c r="F33" t="s">
         <v>85</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>86</v>
       </c>
       <c r="I33">
         <v>1156</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>43274</v>
+        <v>43275</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>78</v>
       </c>
       <c r="D34" t="s">
         <v>79</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>85</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>87</v>
       </c>
       <c r="I34">
         <v>1156</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>43275</v>
+        <v>43276</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>85</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I35">
         <v>1156</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>47615</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>78</v>
       </c>
       <c r="D36" t="s">
         <v>79</v>
       </c>
       <c r="E36" t="s">
         <v>84</v>
       </c>
       <c r="F36" t="s">
         <v>85</v>
       </c>
       <c r="G36" t="s">
@@ -1731,287 +1731,287 @@
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>43279</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>78</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
         <v>89</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I37">
         <v>1156</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>39883</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>78</v>
       </c>
       <c r="D38" t="s">
         <v>90</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>85</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>91</v>
       </c>
       <c r="I38">
         <v>1156</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>54932</v>
+        <v>43306</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>78</v>
       </c>
       <c r="D39" t="s">
         <v>92</v>
       </c>
       <c r="E39" t="s">
         <v>93</v>
       </c>
       <c r="F39" t="s">
         <v>94</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>95</v>
       </c>
       <c r="I39">
         <v>1156</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>43306</v>
+        <v>54932</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>78</v>
       </c>
       <c r="D40" t="s">
         <v>92</v>
       </c>
       <c r="E40" t="s">
         <v>93</v>
       </c>
       <c r="F40" t="s">
         <v>94</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>95</v>
       </c>
       <c r="I40">
         <v>1156</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>43283</v>
+        <v>55962</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="D41" t="s">
         <v>97</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>58</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>73</v>
+      </c>
       <c r="I41">
         <v>1156</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>47338</v>
+        <v>43280</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>96</v>
       </c>
       <c r="D42" t="s">
         <v>97</v>
       </c>
       <c r="E42" t="s">
         <v>98</v>
       </c>
       <c r="F42" t="s">
         <v>58</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H42"/>
       <c r="I42">
         <v>1156</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>43280</v>
+        <v>43282</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>96</v>
       </c>
       <c r="D43" t="s">
         <v>97</v>
       </c>
       <c r="E43" t="s">
         <v>98</v>
       </c>
       <c r="F43" t="s">
         <v>58</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
-      <c r="H43"/>
+      <c r="H43" t="s">
+        <v>73</v>
+      </c>
       <c r="I43">
         <v>1156</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>55962</v>
+        <v>43283</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>96</v>
       </c>
       <c r="D44" t="s">
         <v>97</v>
       </c>
       <c r="E44" t="s">
         <v>98</v>
       </c>
       <c r="F44" t="s">
         <v>58</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
-      <c r="H44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H44"/>
       <c r="I44">
         <v>1156</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>50785</v>
+        <v>47338</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>96</v>
       </c>
       <c r="D45" t="s">
         <v>97</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>58</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>73</v>
       </c>
       <c r="I45">
         <v>1156</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>43282</v>
+        <v>50785</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>96</v>
       </c>
       <c r="D46" t="s">
         <v>97</v>
       </c>
       <c r="E46" t="s">
         <v>98</v>
       </c>
       <c r="F46" t="s">
         <v>58</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>73</v>
       </c>
       <c r="I46">
         <v>1156</v>
       </c>
@@ -2025,105 +2025,105 @@
       </c>
       <c r="C47" t="s">
         <v>96</v>
       </c>
       <c r="D47" t="s">
         <v>97</v>
       </c>
       <c r="E47" t="s">
         <v>98</v>
       </c>
       <c r="F47" t="s">
         <v>58</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>73</v>
       </c>
       <c r="I47">
         <v>1156</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>47563</v>
+        <v>58482</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>96</v>
       </c>
       <c r="D48" t="s">
         <v>97</v>
       </c>
       <c r="E48" t="s">
         <v>99</v>
       </c>
       <c r="F48" t="s">
         <v>68</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48"/>
       <c r="I48">
         <v>1156</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>58482</v>
+        <v>45253</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>96</v>
       </c>
       <c r="D49" t="s">
         <v>97</v>
       </c>
       <c r="E49" t="s">
         <v>99</v>
       </c>
       <c r="F49" t="s">
         <v>68</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>1156</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>45253</v>
+        <v>47563</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>96</v>
       </c>
       <c r="D50" t="s">
         <v>97</v>
       </c>
       <c r="E50" t="s">
         <v>99</v>
       </c>
       <c r="F50" t="s">
         <v>68</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>1156</v>
       </c>
     </row>
     <row r="51" spans="1:9">
@@ -2160,105 +2160,105 @@
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>96</v>
       </c>
       <c r="D52" t="s">
         <v>101</v>
       </c>
       <c r="E52" t="s">
         <v>69</v>
       </c>
       <c r="F52" t="s">
         <v>56</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52"/>
       <c r="I52">
         <v>1156</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>49754</v>
+        <v>59592</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>102</v>
       </c>
       <c r="E53" t="s">
         <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>103</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53"/>
       <c r="I53">
         <v>1156</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>59592</v>
+        <v>56639</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>96</v>
       </c>
       <c r="D54" t="s">
         <v>102</v>
       </c>
       <c r="E54" t="s">
         <v>99</v>
       </c>
       <c r="F54" t="s">
         <v>103</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54"/>
       <c r="I54">
         <v>1156</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>56639</v>
+        <v>49754</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>96</v>
       </c>
       <c r="D55" t="s">
         <v>102</v>
       </c>
       <c r="E55" t="s">
         <v>99</v>
       </c>
       <c r="F55" t="s">
         <v>103</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>1156</v>
       </c>
     </row>
     <row r="56" spans="1:9">