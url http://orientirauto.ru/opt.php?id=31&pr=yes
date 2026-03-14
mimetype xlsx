--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -230,96 +230,96 @@
   <si>
     <t xml:space="preserve">WRP12     </t>
   </si>
   <si>
     <t>QR25DD</t>
   </si>
   <si>
     <t xml:space="preserve">Skyline                                 </t>
   </si>
   <si>
     <t xml:space="preserve">PV36      </t>
   </si>
   <si>
     <t>VQ35HR</t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>VQ25HR</t>
   </si>
   <si>
     <t xml:space="preserve">PV35      </t>
   </si>
   <si>
+    <t>рестайлинг</t>
+  </si>
+  <si>
     <t>CVT</t>
   </si>
   <si>
-    <t>рестайлинг</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">V35       </t>
   </si>
   <si>
     <t>VQ25DD</t>
   </si>
   <si>
     <t xml:space="preserve">Stagea                                  </t>
   </si>
   <si>
     <t xml:space="preserve">PNM35     </t>
   </si>
   <si>
     <t xml:space="preserve">HYUNDAI             </t>
   </si>
   <si>
     <t xml:space="preserve">Getz                                    </t>
   </si>
   <si>
     <t xml:space="preserve">TB13      </t>
   </si>
   <si>
     <t>G4EA</t>
   </si>
   <si>
+    <t>левый руль, МКПП</t>
+  </si>
+  <si>
     <t>правый руль</t>
   </si>
   <si>
-    <t>левый руль, МКПП</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TB14      </t>
   </si>
   <si>
     <t>G4EE</t>
   </si>
   <si>
+    <t>левый руль</t>
+  </si>
+  <si>
     <t>левый руль, рестайлинг</t>
-  </si>
-[...1 lines deleted...]
-    <t>левый руль</t>
   </si>
   <si>
     <t xml:space="preserve">TB16      </t>
   </si>
   <si>
     <t>G4ED</t>
   </si>
   <si>
     <t xml:space="preserve">Click                                   </t>
   </si>
   <si>
     <t>накладка</t>
   </si>
   <si>
     <t xml:space="preserve">Avante                                  </t>
   </si>
   <si>
     <t xml:space="preserve">MD        </t>
   </si>
   <si>
     <t>G4FD</t>
   </si>
   <si>
     <t>46700-3X300</t>
   </si>
@@ -1312,192 +1312,192 @@
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>53</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
       <c r="E22" t="s">
         <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>70</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>1156</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>43292</v>
+        <v>43294</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
       <c r="E23" t="s">
         <v>71</v>
       </c>
       <c r="F23" t="s">
         <v>58</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>72</v>
       </c>
       <c r="I23">
         <v>1156</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>43294</v>
+        <v>43292</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>71</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>73</v>
       </c>
       <c r="I24">
         <v>1156</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>43293</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>53</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25" t="s">
         <v>71</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I25">
         <v>1156</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>56569</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>53</v>
       </c>
       <c r="D26" t="s">
         <v>66</v>
       </c>
       <c r="E26" t="s">
         <v>74</v>
       </c>
       <c r="F26" t="s">
         <v>75</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>1156</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>43288</v>
+        <v>51510</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>53</v>
       </c>
       <c r="D27" t="s">
         <v>76</v>
       </c>
       <c r="E27" t="s">
         <v>77</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>1156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>51510</v>
+        <v>43288</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>53</v>
       </c>
       <c r="D28" t="s">
         <v>76</v>
       </c>
       <c r="E28" t="s">
         <v>77</v>
       </c>
       <c r="F28" t="s">
         <v>58</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>1156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
@@ -1507,561 +1507,561 @@
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>53</v>
       </c>
       <c r="D29" t="s">
         <v>76</v>
       </c>
       <c r="E29" t="s">
         <v>77</v>
       </c>
       <c r="F29" t="s">
         <v>58</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>1156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>43273</v>
+        <v>47906</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>78</v>
       </c>
       <c r="D30" t="s">
         <v>79</v>
       </c>
       <c r="E30" t="s">
         <v>80</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>82</v>
       </c>
       <c r="I30">
         <v>1156</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>43278</v>
+        <v>43273</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>78</v>
       </c>
       <c r="D31" t="s">
         <v>79</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
         <v>81</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I31">
         <v>1156</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>47906</v>
+        <v>43278</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>78</v>
       </c>
       <c r="D32" t="s">
         <v>79</v>
       </c>
       <c r="E32" t="s">
         <v>80</v>
       </c>
       <c r="F32" t="s">
         <v>81</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>83</v>
       </c>
       <c r="I32">
         <v>1156</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>43274</v>
+        <v>47615</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33" t="s">
         <v>79</v>
       </c>
       <c r="E33" t="s">
         <v>84</v>
       </c>
       <c r="F33" t="s">
         <v>85</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="I33">
         <v>1156</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>43275</v>
+        <v>43276</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>78</v>
       </c>
       <c r="D34" t="s">
         <v>79</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>85</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I34">
         <v>1156</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>43276</v>
+        <v>43274</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>85</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>87</v>
       </c>
       <c r="I35">
         <v>1156</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>47615</v>
+        <v>43275</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>78</v>
       </c>
       <c r="D36" t="s">
         <v>79</v>
       </c>
       <c r="E36" t="s">
         <v>84</v>
       </c>
       <c r="F36" t="s">
         <v>85</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="I36">
         <v>1156</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>43279</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>78</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
         <v>89</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I37">
         <v>1156</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>39883</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>78</v>
       </c>
       <c r="D38" t="s">
         <v>90</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>85</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>91</v>
       </c>
       <c r="I38">
         <v>1156</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>43306</v>
+        <v>54932</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>78</v>
       </c>
       <c r="D39" t="s">
         <v>92</v>
       </c>
       <c r="E39" t="s">
         <v>93</v>
       </c>
       <c r="F39" t="s">
         <v>94</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>95</v>
       </c>
       <c r="I39">
         <v>1156</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>54932</v>
+        <v>43306</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>78</v>
       </c>
       <c r="D40" t="s">
         <v>92</v>
       </c>
       <c r="E40" t="s">
         <v>93</v>
       </c>
       <c r="F40" t="s">
         <v>94</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>95</v>
       </c>
       <c r="I40">
         <v>1156</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>55962</v>
+        <v>43283</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="D41" t="s">
         <v>97</v>
       </c>
       <c r="E41" t="s">
         <v>98</v>
       </c>
       <c r="F41" t="s">
         <v>58</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
       <c r="I41">
         <v>1156</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>43280</v>
+        <v>43282</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>96</v>
       </c>
       <c r="D42" t="s">
         <v>97</v>
       </c>
       <c r="E42" t="s">
         <v>98</v>
       </c>
       <c r="F42" t="s">
         <v>58</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
-      <c r="H42"/>
+      <c r="H42" t="s">
+        <v>72</v>
+      </c>
       <c r="I42">
         <v>1156</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>43282</v>
+        <v>43280</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>96</v>
       </c>
       <c r="D43" t="s">
         <v>97</v>
       </c>
       <c r="E43" t="s">
         <v>98</v>
       </c>
       <c r="F43" t="s">
         <v>58</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
       <c r="I43">
         <v>1156</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>43283</v>
+        <v>50785</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>96</v>
       </c>
       <c r="D44" t="s">
         <v>97</v>
       </c>
       <c r="E44" t="s">
         <v>98</v>
       </c>
       <c r="F44" t="s">
         <v>58</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
-      <c r="H44"/>
+      <c r="H44" t="s">
+        <v>72</v>
+      </c>
       <c r="I44">
         <v>1156</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>47338</v>
+        <v>55962</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>96</v>
       </c>
       <c r="D45" t="s">
         <v>97</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>58</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="I45">
         <v>1156</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>50785</v>
+        <v>58908</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>96</v>
       </c>
       <c r="D46" t="s">
         <v>97</v>
       </c>
       <c r="E46" t="s">
         <v>98</v>
       </c>
       <c r="F46" t="s">
         <v>58</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="I46">
         <v>1156</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>58908</v>
+        <v>47338</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>96</v>
       </c>
       <c r="D47" t="s">
         <v>97</v>
       </c>
       <c r="E47" t="s">
         <v>98</v>
       </c>
       <c r="F47" t="s">
         <v>58</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="I47">
         <v>1156</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>58482</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>96</v>
       </c>
       <c r="D48" t="s">
         <v>97</v>
       </c>
       <c r="E48" t="s">
         <v>99</v>
       </c>
       <c r="F48" t="s">
         <v>68</v>
       </c>
       <c r="G48" t="s">
@@ -2160,51 +2160,51 @@
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>96</v>
       </c>
       <c r="D52" t="s">
         <v>101</v>
       </c>
       <c r="E52" t="s">
         <v>69</v>
       </c>
       <c r="F52" t="s">
         <v>56</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52"/>
       <c r="I52">
         <v>1156</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>59592</v>
+        <v>49754</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>102</v>
       </c>
       <c r="E53" t="s">
         <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>103</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53"/>
       <c r="I53">
         <v>1156</v>
       </c>
     </row>
     <row r="54" spans="1:9">
@@ -2214,51 +2214,51 @@
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>96</v>
       </c>
       <c r="D54" t="s">
         <v>102</v>
       </c>
       <c r="E54" t="s">
         <v>99</v>
       </c>
       <c r="F54" t="s">
         <v>103</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54"/>
       <c r="I54">
         <v>1156</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>49754</v>
+        <v>59592</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>96</v>
       </c>
       <c r="D55" t="s">
         <v>102</v>
       </c>
       <c r="E55" t="s">
         <v>99</v>
       </c>
       <c r="F55" t="s">
         <v>103</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55"/>
       <c r="I55">
         <v>1156</v>
       </c>
     </row>
     <row r="56" spans="1:9">