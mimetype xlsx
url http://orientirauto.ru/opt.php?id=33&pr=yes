--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -353,54 +353,54 @@
   <si>
     <t xml:space="preserve">HYUNDAI             </t>
   </si>
   <si>
     <t xml:space="preserve">Getz                                    </t>
   </si>
   <si>
     <t xml:space="preserve">TB13      </t>
   </si>
   <si>
     <t>G4EA</t>
   </si>
   <si>
     <t>94003-1C010</t>
   </si>
   <si>
     <t xml:space="preserve">Avante                                  </t>
   </si>
   <si>
     <t xml:space="preserve">MD        </t>
   </si>
   <si>
     <t>G4FD</t>
   </si>
   <si>
+    <t>94003-3X020</t>
+  </si>
+  <si>
     <t>940033X020, требуется замена корпуса</t>
-  </si>
-[...1 lines deleted...]
-    <t>94003-3X020</t>
   </si>
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
   <si>
     <t xml:space="preserve">Transit                                 </t>
   </si>
   <si>
     <t xml:space="preserve">FY        </t>
   </si>
   <si>
     <t>DOFA</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
@@ -432,57 +432,57 @@
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t>J51
 1CJ1B</t>
   </si>
   <si>
     <t>стекло комбинации приборов, новое, оригинал, 24813-1CA0A</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>G37S, купе</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
+    <t>J04, 1CA0D/HL32</t>
+  </si>
+  <si>
+    <t>J27, 1CJ0D/69H9</t>
+  </si>
+  <si>
     <t>J04 1CA0D/6Z13</t>
-  </si>
-[...4 lines deleted...]
-    <t>J04, 1CA0D/HL32</t>
   </si>
   <si>
     <t xml:space="preserve">HINO                </t>
   </si>
   <si>
     <t xml:space="preserve">Dutro                                   </t>
   </si>
   <si>
     <t xml:space="preserve">XZU307    </t>
   </si>
   <si>
     <t>S05D</t>
   </si>
   <si>
     <t>дефект корпуса</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1349,80 +1349,80 @@
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>68</v>
       </c>
       <c r="E18" t="s">
         <v>69</v>
       </c>
       <c r="F18" t="s">
         <v>70</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>71</v>
       </c>
       <c r="I18">
         <v>2330</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>43697</v>
+        <v>43698</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>72</v>
       </c>
       <c r="D19" t="s">
         <v>73</v>
       </c>
       <c r="E19" t="s">
         <v>74</v>
       </c>
       <c r="F19" t="s">
         <v>75</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>76</v>
       </c>
       <c r="I19">
         <v>2330</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>43698</v>
+        <v>43697</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>72</v>
       </c>
       <c r="D20" t="s">
         <v>73</v>
       </c>
       <c r="E20" t="s">
         <v>74</v>
       </c>
       <c r="F20" t="s">
         <v>75</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>76</v>
       </c>
       <c r="I20">
         <v>2330</v>
       </c>
@@ -1436,100 +1436,100 @@
       </c>
       <c r="C21" t="s">
         <v>77</v>
       </c>
       <c r="D21" t="s">
         <v>78</v>
       </c>
       <c r="E21" t="s">
         <v>79</v>
       </c>
       <c r="F21" t="s">
         <v>80</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>81</v>
       </c>
       <c r="I21">
         <v>2330</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>43660</v>
+        <v>43665</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>77</v>
       </c>
       <c r="D22" t="s">
         <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>83</v>
       </c>
       <c r="F22" t="s">
         <v>18</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>84</v>
+      </c>
       <c r="I22">
         <v>2330</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>43665</v>
+        <v>43660</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>77</v>
       </c>
       <c r="D23" t="s">
         <v>82</v>
       </c>
       <c r="E23" t="s">
         <v>83</v>
       </c>
       <c r="F23" t="s">
         <v>18</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
-      <c r="H23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
       <c r="I23">
         <v>2330</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>52218</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>85</v>
       </c>
       <c r="D24" t="s">
         <v>86</v>
       </c>
       <c r="E24" t="s">
         <v>87</v>
       </c>
       <c r="F24" t="s">
         <v>88</v>
       </c>
       <c r="G24" t="s">
         <v>89</v>
@@ -1693,80 +1693,80 @@
       </c>
       <c r="C30" t="s">
         <v>105</v>
       </c>
       <c r="D30" t="s">
         <v>106</v>
       </c>
       <c r="E30" t="s">
         <v>107</v>
       </c>
       <c r="F30" t="s">
         <v>108</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>109</v>
       </c>
       <c r="I30">
         <v>2330</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>43691</v>
+        <v>54924</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>105</v>
       </c>
       <c r="D31" t="s">
         <v>110</v>
       </c>
       <c r="E31" t="s">
         <v>111</v>
       </c>
       <c r="F31" t="s">
         <v>112</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>113</v>
       </c>
       <c r="I31">
         <v>2330</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>54924</v>
+        <v>43691</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>105</v>
       </c>
       <c r="D32" t="s">
         <v>110</v>
       </c>
       <c r="E32" t="s">
         <v>111</v>
       </c>
       <c r="F32" t="s">
         <v>112</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>114</v>
       </c>
       <c r="I32">
         <v>2330</v>
       </c>
@@ -1863,129 +1863,129 @@
       </c>
       <c r="C36" t="s">
         <v>122</v>
       </c>
       <c r="D36" t="s">
         <v>123</v>
       </c>
       <c r="E36" t="s">
         <v>126</v>
       </c>
       <c r="F36" t="s">
         <v>127</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>128</v>
       </c>
       <c r="I36">
         <v>2330</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>43709</v>
+        <v>58579</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>122</v>
       </c>
       <c r="D37" t="s">
         <v>123</v>
       </c>
       <c r="E37" t="s">
         <v>126</v>
       </c>
       <c r="F37" t="s">
         <v>127</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>129</v>
+      </c>
       <c r="I37">
         <v>2330</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>58579</v>
+        <v>47573</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>122</v>
       </c>
       <c r="D38" t="s">
         <v>123</v>
       </c>
       <c r="E38" t="s">
         <v>126</v>
       </c>
       <c r="F38" t="s">
         <v>127</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I38">
         <v>2330</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>47573</v>
+        <v>43709</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>122</v>
       </c>
       <c r="D39" t="s">
         <v>123</v>
       </c>
       <c r="E39" t="s">
         <v>126</v>
       </c>
       <c r="F39" t="s">
         <v>127</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
       <c r="I39">
         <v>2330</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>62118</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>122</v>
       </c>
       <c r="D40" t="s">
         <v>131</v>
       </c>
       <c r="E40" t="s">
         <v>126</v>
       </c>
       <c r="F40" t="s">
         <v>88</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
@@ -2035,51 +2035,51 @@
       </c>
       <c r="C42" t="s">
         <v>122</v>
       </c>
       <c r="D42" t="s">
         <v>134</v>
       </c>
       <c r="E42" t="s">
         <v>135</v>
       </c>
       <c r="F42" t="s">
         <v>88</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>136</v>
       </c>
       <c r="I42">
         <v>2330</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>56752</v>
+        <v>49928</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>122</v>
       </c>
       <c r="D43" t="s">
         <v>137</v>
       </c>
       <c r="E43" t="s">
         <v>126</v>
       </c>
       <c r="F43" t="s">
         <v>138</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>139</v>
       </c>
       <c r="I43">
         <v>2330</v>
       </c>
@@ -2093,51 +2093,51 @@
       </c>
       <c r="C44" t="s">
         <v>122</v>
       </c>
       <c r="D44" t="s">
         <v>137</v>
       </c>
       <c r="E44" t="s">
         <v>126</v>
       </c>
       <c r="F44" t="s">
         <v>138</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>140</v>
       </c>
       <c r="I44">
         <v>2330</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>49928</v>
+        <v>56752</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>122</v>
       </c>
       <c r="D45" t="s">
         <v>137</v>
       </c>
       <c r="E45" t="s">
         <v>126</v>
       </c>
       <c r="F45" t="s">
         <v>138</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>141</v>
       </c>
       <c r="I45">
         <v>2330</v>
       </c>