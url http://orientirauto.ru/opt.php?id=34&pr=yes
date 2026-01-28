--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -425,54 +425,54 @@
   <si>
     <t xml:space="preserve">TB14      </t>
   </si>
   <si>
     <t>G4EE</t>
   </si>
   <si>
     <t>левый руль, 98100-1C100</t>
   </si>
   <si>
     <t xml:space="preserve">TB16      </t>
   </si>
   <si>
     <t>G4ED</t>
   </si>
   <si>
     <t xml:space="preserve">Avante                                  </t>
   </si>
   <si>
     <t xml:space="preserve">MD        </t>
   </si>
   <si>
     <t>G4FD</t>
   </si>
   <si>
+    <t>дефект</t>
+  </si>
+  <si>
     <t>98110-3X000, трапеция, в сборе</t>
-  </si>
-[...1 lines deleted...]
-    <t>дефект</t>
   </si>
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Transit                                 </t>
   </si>
   <si>
     <t xml:space="preserve">FY        </t>
   </si>
   <si>
     <t>DOFA</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
@@ -906,78 +906,78 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>12571</v>
+        <v>2193</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2"/>
       <c r="I2">
         <v>872</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>2193</v>
+        <v>12571</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3"/>
       <c r="I3">
         <v>872</v>
       </c>
     </row>
     <row r="4" spans="1:9">
@@ -1232,78 +1232,78 @@
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>23</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>872</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>2439</v>
+        <v>2420</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>23</v>
       </c>
       <c r="D14" t="s">
         <v>35</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>872</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>2420</v>
+        <v>2439</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>23</v>
       </c>
       <c r="D15" t="s">
         <v>35</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>872</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1558,294 +1558,294 @@
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>23</v>
       </c>
       <c r="D25" t="s">
         <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>26</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>872</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>12554</v>
+        <v>3025</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>23</v>
       </c>
       <c r="D26" t="s">
         <v>57</v>
       </c>
       <c r="E26" t="s">
         <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>26</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>872</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>3025</v>
+        <v>12554</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>23</v>
       </c>
       <c r="D27" t="s">
         <v>57</v>
       </c>
       <c r="E27" t="s">
         <v>58</v>
       </c>
       <c r="F27" t="s">
         <v>26</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>872</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>2429</v>
+        <v>2223</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>23</v>
       </c>
       <c r="D28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>40</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>872</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>2386</v>
+        <v>2379</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>23</v>
       </c>
       <c r="D29" t="s">
         <v>57</v>
       </c>
       <c r="E29" t="s">
         <v>59</v>
       </c>
       <c r="F29" t="s">
         <v>40</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
         <v>872</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>2422</v>
+        <v>2409</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>23</v>
       </c>
       <c r="D30" t="s">
         <v>57</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>40</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30"/>
       <c r="I30">
         <v>872</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>2379</v>
+        <v>2219</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>23</v>
       </c>
       <c r="D31" t="s">
         <v>57</v>
       </c>
       <c r="E31" t="s">
         <v>59</v>
       </c>
       <c r="F31" t="s">
         <v>40</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>872</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>2409</v>
+        <v>2429</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>23</v>
       </c>
       <c r="D32" t="s">
         <v>57</v>
       </c>
       <c r="E32" t="s">
         <v>59</v>
       </c>
       <c r="F32" t="s">
         <v>40</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>872</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>2223</v>
+        <v>2221</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>23</v>
       </c>
       <c r="D33" t="s">
         <v>57</v>
       </c>
       <c r="E33" t="s">
         <v>59</v>
       </c>
       <c r="F33" t="s">
         <v>40</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>872</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>2219</v>
+        <v>2422</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>23</v>
       </c>
       <c r="D34" t="s">
         <v>57</v>
       </c>
       <c r="E34" t="s">
         <v>59</v>
       </c>
       <c r="F34" t="s">
         <v>40</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34"/>
       <c r="I34">
         <v>872</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>2221</v>
+        <v>2386</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>23</v>
       </c>
       <c r="D35" t="s">
         <v>57</v>
       </c>
       <c r="E35" t="s">
         <v>59</v>
       </c>
       <c r="F35" t="s">
         <v>40</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>872</v>
       </c>
     </row>
     <row r="36" spans="1:9">
@@ -1884,78 +1884,78 @@
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>23</v>
       </c>
       <c r="D37" t="s">
         <v>64</v>
       </c>
       <c r="E37" t="s">
         <v>65</v>
       </c>
       <c r="F37" t="s">
         <v>66</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37"/>
       <c r="I37">
         <v>872</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>18644</v>
+        <v>18658</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>23</v>
       </c>
       <c r="D38" t="s">
         <v>64</v>
       </c>
       <c r="E38" t="s">
         <v>67</v>
       </c>
       <c r="F38" t="s">
         <v>40</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38"/>
       <c r="I38">
         <v>872</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>18658</v>
+        <v>18644</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>23</v>
       </c>
       <c r="D39" t="s">
         <v>64</v>
       </c>
       <c r="E39" t="s">
         <v>67</v>
       </c>
       <c r="F39" t="s">
         <v>40</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>872</v>
       </c>
     </row>
     <row r="40" spans="1:9">
@@ -2046,78 +2046,78 @@
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>73</v>
       </c>
       <c r="D43" t="s">
         <v>74</v>
       </c>
       <c r="E43" t="s">
         <v>75</v>
       </c>
       <c r="F43" t="s">
         <v>76</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43"/>
       <c r="I43">
         <v>872</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>2380</v>
+        <v>2372</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>73</v>
       </c>
       <c r="D44" t="s">
         <v>74</v>
       </c>
       <c r="E44" t="s">
         <v>75</v>
       </c>
       <c r="F44" t="s">
         <v>76</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44"/>
       <c r="I44">
         <v>872</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>2372</v>
+        <v>2380</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>73</v>
       </c>
       <c r="D45" t="s">
         <v>74</v>
       </c>
       <c r="E45" t="s">
         <v>75</v>
       </c>
       <c r="F45" t="s">
         <v>76</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45"/>
       <c r="I45">
         <v>872</v>
       </c>
     </row>
     <row r="46" spans="1:9">
@@ -2293,51 +2293,51 @@
       </c>
       <c r="C52" t="s">
         <v>83</v>
       </c>
       <c r="D52" t="s">
         <v>87</v>
       </c>
       <c r="E52" t="s">
         <v>88</v>
       </c>
       <c r="F52" t="s">
         <v>89</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>90</v>
       </c>
       <c r="I52">
         <v>872</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>14311</v>
+        <v>29389</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>83</v>
       </c>
       <c r="D53" t="s">
         <v>91</v>
       </c>
       <c r="E53" t="s">
         <v>92</v>
       </c>
       <c r="F53" t="s">
         <v>93</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>94</v>
       </c>
       <c r="I53">
         <v>872</v>
       </c>
@@ -2351,80 +2351,80 @@
       </c>
       <c r="C54" t="s">
         <v>83</v>
       </c>
       <c r="D54" t="s">
         <v>91</v>
       </c>
       <c r="E54" t="s">
         <v>92</v>
       </c>
       <c r="F54" t="s">
         <v>93</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>94</v>
       </c>
       <c r="I54">
         <v>872</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>29389</v>
+        <v>14303</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>83</v>
       </c>
       <c r="D55" t="s">
         <v>91</v>
       </c>
       <c r="E55" t="s">
         <v>92</v>
       </c>
       <c r="F55" t="s">
         <v>93</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>94</v>
       </c>
       <c r="I55">
         <v>872</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>14303</v>
+        <v>14311</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>83</v>
       </c>
       <c r="D56" t="s">
         <v>91</v>
       </c>
       <c r="E56" t="s">
         <v>92</v>
       </c>
       <c r="F56" t="s">
         <v>93</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>94</v>
       </c>
       <c r="I56">
         <v>872</v>
       </c>
@@ -2658,223 +2658,223 @@
       </c>
       <c r="C65" t="s">
         <v>95</v>
       </c>
       <c r="D65" t="s">
         <v>107</v>
       </c>
       <c r="E65" t="s">
         <v>114</v>
       </c>
       <c r="F65" t="s">
         <v>103</v>
       </c>
       <c r="G65" t="s">
         <v>21</v>
       </c>
       <c r="H65" t="s">
         <v>115</v>
       </c>
       <c r="I65">
         <v>872</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>34532</v>
+        <v>51567</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>95</v>
       </c>
       <c r="D66" t="s">
         <v>116</v>
       </c>
       <c r="E66" t="s">
         <v>117</v>
       </c>
       <c r="F66" t="s">
         <v>103</v>
       </c>
       <c r="G66" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H66"/>
       <c r="I66">
         <v>872</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>37118</v>
+        <v>34532</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>95</v>
       </c>
       <c r="D67" t="s">
         <v>116</v>
       </c>
       <c r="E67" t="s">
         <v>117</v>
       </c>
       <c r="F67" t="s">
         <v>103</v>
       </c>
       <c r="G67" t="s">
         <v>21</v>
       </c>
       <c r="H67" t="s">
         <v>63</v>
       </c>
       <c r="I67">
         <v>872</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>51567</v>
+        <v>37118</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>95</v>
       </c>
       <c r="D68" t="s">
         <v>116</v>
       </c>
       <c r="E68" t="s">
         <v>117</v>
       </c>
       <c r="F68" t="s">
         <v>103</v>
       </c>
       <c r="G68" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H68"/>
+        <v>21</v>
+      </c>
+      <c r="H68" t="s">
+        <v>63</v>
+      </c>
       <c r="I68">
         <v>872</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>37576</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>95</v>
       </c>
       <c r="D69" t="s">
         <v>116</v>
       </c>
       <c r="E69" t="s">
         <v>118</v>
       </c>
       <c r="F69" t="s">
         <v>119</v>
       </c>
       <c r="G69" t="s">
         <v>21</v>
       </c>
       <c r="H69" t="s">
         <v>63</v>
       </c>
       <c r="I69">
         <v>872</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>34645</v>
+        <v>34938</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>95</v>
       </c>
       <c r="D70" t="s">
         <v>116</v>
       </c>
       <c r="E70" t="s">
         <v>118</v>
       </c>
       <c r="F70" t="s">
         <v>119</v>
       </c>
       <c r="G70" t="s">
         <v>21</v>
       </c>
       <c r="H70" t="s">
         <v>63</v>
       </c>
       <c r="I70">
         <v>872</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>37619</v>
+        <v>34645</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>95</v>
       </c>
       <c r="D71" t="s">
         <v>116</v>
       </c>
       <c r="E71" t="s">
         <v>118</v>
       </c>
       <c r="F71" t="s">
         <v>119</v>
       </c>
       <c r="G71" t="s">
         <v>21</v>
       </c>
       <c r="H71" t="s">
         <v>63</v>
       </c>
       <c r="I71">
         <v>872</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>34938</v>
+        <v>37619</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>95</v>
       </c>
       <c r="D72" t="s">
         <v>116</v>
       </c>
       <c r="E72" t="s">
         <v>118</v>
       </c>
       <c r="F72" t="s">
         <v>119</v>
       </c>
       <c r="G72" t="s">
         <v>21</v>
       </c>
       <c r="H72" t="s">
         <v>63</v>
       </c>
       <c r="I72">
         <v>872</v>
       </c>
@@ -2946,310 +2946,310 @@
       </c>
       <c r="C75" t="s">
         <v>123</v>
       </c>
       <c r="D75" t="s">
         <v>124</v>
       </c>
       <c r="E75" t="s">
         <v>125</v>
       </c>
       <c r="F75" t="s">
         <v>126</v>
       </c>
       <c r="G75" t="s">
         <v>21</v>
       </c>
       <c r="H75" t="s">
         <v>63</v>
       </c>
       <c r="I75">
         <v>872</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>26643</v>
+        <v>47732</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>123</v>
       </c>
       <c r="D76" t="s">
         <v>124</v>
       </c>
       <c r="E76" t="s">
         <v>125</v>
       </c>
       <c r="F76" t="s">
         <v>126</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="I76">
         <v>872</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>47732</v>
+        <v>26643</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>123</v>
       </c>
       <c r="D77" t="s">
         <v>124</v>
       </c>
       <c r="E77" t="s">
         <v>125</v>
       </c>
       <c r="F77" t="s">
         <v>126</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I77">
         <v>872</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>47190</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>123</v>
       </c>
       <c r="D78" t="s">
         <v>124</v>
       </c>
       <c r="E78" t="s">
         <v>129</v>
       </c>
       <c r="F78" t="s">
         <v>130</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>131</v>
       </c>
       <c r="I78">
         <v>872</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>36589</v>
+        <v>42499</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>123</v>
       </c>
       <c r="D79" t="s">
         <v>124</v>
       </c>
       <c r="E79" t="s">
         <v>132</v>
       </c>
       <c r="F79" t="s">
         <v>133</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
         <v>127</v>
       </c>
       <c r="I79">
         <v>872</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>42499</v>
+        <v>36589</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>123</v>
       </c>
       <c r="D80" t="s">
         <v>124</v>
       </c>
       <c r="E80" t="s">
         <v>132</v>
       </c>
       <c r="F80" t="s">
         <v>133</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>127</v>
       </c>
       <c r="I80">
         <v>872</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>54873</v>
+        <v>41258</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>123</v>
       </c>
       <c r="D81" t="s">
         <v>134</v>
       </c>
       <c r="E81" t="s">
         <v>135</v>
       </c>
       <c r="F81" t="s">
         <v>136</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>137</v>
       </c>
       <c r="I81">
         <v>872</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>41258</v>
+        <v>54873</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>123</v>
       </c>
       <c r="D82" t="s">
         <v>134</v>
       </c>
       <c r="E82" t="s">
         <v>135</v>
       </c>
       <c r="F82" t="s">
         <v>136</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>138</v>
       </c>
       <c r="I82">
         <v>872</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>54497</v>
+        <v>53515</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>139</v>
       </c>
       <c r="D83" t="s">
         <v>140</v>
       </c>
       <c r="E83" t="s">
         <v>141</v>
       </c>
       <c r="F83" t="s">
         <v>142</v>
       </c>
       <c r="G83" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H83"/>
       <c r="I83">
         <v>872</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>53515</v>
+        <v>54497</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>139</v>
       </c>
       <c r="D84" t="s">
         <v>140</v>
       </c>
       <c r="E84" t="s">
         <v>141</v>
       </c>
       <c r="F84" t="s">
         <v>142</v>
       </c>
       <c r="G84" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H84"/>
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
+        <v>101</v>
+      </c>
       <c r="I84">
         <v>872</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>55867</v>
+        <v>47252</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>143</v>
       </c>
       <c r="D85" t="s">
         <v>144</v>
       </c>
       <c r="E85" t="s">
         <v>145</v>
       </c>
       <c r="F85" t="s">
         <v>103</v>
       </c>
       <c r="G85" t="s">
         <v>146</v>
       </c>
       <c r="H85" t="s">
         <v>101</v>
       </c>
       <c r="I85">
         <v>872</v>
       </c>
@@ -3261,80 +3261,80 @@
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>143</v>
       </c>
       <c r="D86" t="s">
         <v>144</v>
       </c>
       <c r="E86" t="s">
         <v>145</v>
       </c>
       <c r="F86" t="s">
         <v>103</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>872</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>47252</v>
+        <v>36425</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>143</v>
       </c>
       <c r="D87" t="s">
         <v>144</v>
       </c>
       <c r="E87" t="s">
         <v>145</v>
       </c>
       <c r="F87" t="s">
         <v>103</v>
       </c>
       <c r="G87" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>101</v>
       </c>
       <c r="I87">
         <v>872</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>36425</v>
+        <v>30343</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>143</v>
       </c>
       <c r="D88" t="s">
         <v>144</v>
       </c>
       <c r="E88" t="s">
         <v>145</v>
       </c>
       <c r="F88" t="s">
         <v>103</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>101</v>
       </c>
       <c r="I88">
         <v>872</v>
       </c>
@@ -3346,389 +3346,389 @@
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>143</v>
       </c>
       <c r="D89" t="s">
         <v>144</v>
       </c>
       <c r="E89" t="s">
         <v>145</v>
       </c>
       <c r="F89" t="s">
         <v>103</v>
       </c>
       <c r="G89" t="s">
         <v>21</v>
       </c>
       <c r="H89"/>
       <c r="I89">
         <v>872</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>58956</v>
+        <v>55867</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>143</v>
       </c>
       <c r="D90" t="s">
         <v>144</v>
       </c>
       <c r="E90" t="s">
         <v>145</v>
       </c>
       <c r="F90" t="s">
         <v>103</v>
       </c>
       <c r="G90" t="s">
-        <v>14</v>
+        <v>146</v>
       </c>
       <c r="H90" t="s">
         <v>101</v>
       </c>
       <c r="I90">
         <v>872</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>30343</v>
+        <v>58956</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>143</v>
       </c>
       <c r="D91" t="s">
         <v>144</v>
       </c>
       <c r="E91" t="s">
         <v>145</v>
       </c>
       <c r="F91" t="s">
         <v>103</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>101</v>
       </c>
       <c r="I91">
         <v>872</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>46490</v>
+        <v>53547</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>143</v>
       </c>
       <c r="D92" t="s">
         <v>144</v>
       </c>
       <c r="E92" t="s">
         <v>145</v>
       </c>
       <c r="F92" t="s">
         <v>103</v>
       </c>
       <c r="G92" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H92" t="s">
-        <v>101</v>
+        <v>147</v>
       </c>
       <c r="I92">
         <v>872</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>53547</v>
+        <v>46490</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>143</v>
       </c>
       <c r="D93" t="s">
         <v>144</v>
       </c>
       <c r="E93" t="s">
         <v>145</v>
       </c>
       <c r="F93" t="s">
         <v>103</v>
       </c>
       <c r="G93" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H93" t="s">
-        <v>147</v>
+        <v>101</v>
       </c>
       <c r="I93">
         <v>872</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>43170</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>143</v>
       </c>
       <c r="D94" t="s">
         <v>144</v>
       </c>
       <c r="E94" t="s">
         <v>148</v>
       </c>
       <c r="F94" t="s">
         <v>109</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>101</v>
       </c>
       <c r="I94">
         <v>872</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>43425</v>
+        <v>46483</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>143</v>
       </c>
       <c r="D95" t="s">
         <v>144</v>
       </c>
       <c r="E95" t="s">
         <v>148</v>
       </c>
       <c r="F95" t="s">
         <v>109</v>
       </c>
       <c r="G95" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H95"/>
+        <v>14</v>
+      </c>
+      <c r="H95" t="s">
+        <v>101</v>
+      </c>
       <c r="I95">
         <v>872</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>47880</v>
+        <v>43425</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>143</v>
       </c>
       <c r="D96" t="s">
         <v>144</v>
       </c>
       <c r="E96" t="s">
         <v>148</v>
       </c>
       <c r="F96" t="s">
         <v>109</v>
       </c>
       <c r="G96" t="s">
         <v>21</v>
       </c>
       <c r="H96"/>
       <c r="I96">
         <v>872</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>44949</v>
+        <v>58238</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>143</v>
       </c>
       <c r="D97" t="s">
         <v>144</v>
       </c>
       <c r="E97" t="s">
         <v>148</v>
       </c>
       <c r="F97" t="s">
         <v>109</v>
       </c>
       <c r="G97" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H97"/>
+        <v>14</v>
+      </c>
+      <c r="H97" t="s">
+        <v>101</v>
+      </c>
       <c r="I97">
         <v>872</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>58238</v>
+        <v>47880</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>143</v>
       </c>
       <c r="D98" t="s">
         <v>144</v>
       </c>
       <c r="E98" t="s">
         <v>148</v>
       </c>
       <c r="F98" t="s">
         <v>109</v>
       </c>
       <c r="G98" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H98"/>
       <c r="I98">
         <v>872</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>46483</v>
+        <v>44949</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>143</v>
       </c>
       <c r="D99" t="s">
         <v>144</v>
       </c>
       <c r="E99" t="s">
         <v>148</v>
       </c>
       <c r="F99" t="s">
         <v>109</v>
       </c>
       <c r="G99" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H99"/>
       <c r="I99">
         <v>872</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>54106</v>
+        <v>36736</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>143</v>
       </c>
       <c r="D100" t="s">
         <v>149</v>
       </c>
       <c r="E100" t="s">
         <v>148</v>
       </c>
       <c r="F100" t="s">
         <v>100</v>
       </c>
       <c r="G100" t="s">
         <v>21</v>
       </c>
       <c r="H100"/>
       <c r="I100">
         <v>872</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>36736</v>
+        <v>54106</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>143</v>
       </c>
       <c r="D101" t="s">
         <v>149</v>
       </c>
       <c r="E101" t="s">
         <v>148</v>
       </c>
       <c r="F101" t="s">
         <v>100</v>
       </c>
       <c r="G101" t="s">
         <v>21</v>
       </c>
       <c r="H101"/>
       <c r="I101">
         <v>872</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>35750</v>
+        <v>35552</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>143</v>
       </c>
       <c r="D102" t="s">
         <v>150</v>
       </c>
       <c r="E102" t="s">
         <v>145</v>
       </c>
       <c r="F102" t="s">
         <v>151</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>101</v>
       </c>
       <c r="I102">
         <v>872</v>
       </c>
@@ -3827,51 +3827,51 @@
       </c>
       <c r="C106" t="s">
         <v>143</v>
       </c>
       <c r="D106" t="s">
         <v>150</v>
       </c>
       <c r="E106" t="s">
         <v>145</v>
       </c>
       <c r="F106" t="s">
         <v>151</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>101</v>
       </c>
       <c r="I106">
         <v>872</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>35552</v>
+        <v>35750</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>143</v>
       </c>
       <c r="D107" t="s">
         <v>150</v>
       </c>
       <c r="E107" t="s">
         <v>145</v>
       </c>
       <c r="F107" t="s">
         <v>151</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
         <v>101</v>
       </c>
       <c r="I107">
         <v>872</v>
       </c>
@@ -3885,72 +3885,72 @@
       </c>
       <c r="C108" t="s">
         <v>143</v>
       </c>
       <c r="D108" t="s">
         <v>152</v>
       </c>
       <c r="E108" t="s">
         <v>148</v>
       </c>
       <c r="F108" t="s">
         <v>100</v>
       </c>
       <c r="G108" t="s">
         <v>153</v>
       </c>
       <c r="H108" t="s">
         <v>101</v>
       </c>
       <c r="I108">
         <v>872</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>56849</v>
+        <v>55318</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>143</v>
       </c>
       <c r="D109" t="s">
         <v>154</v>
       </c>
       <c r="E109" t="s">
         <v>148</v>
       </c>
       <c r="F109" t="s">
         <v>155</v>
       </c>
       <c r="G109" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H109" t="s">
-        <v>101</v>
+        <v>63</v>
       </c>
       <c r="I109">
         <v>872</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>59514</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>143</v>
       </c>
       <c r="D110" t="s">
         <v>154</v>
       </c>
       <c r="E110" t="s">
         <v>148</v>
       </c>
       <c r="F110" t="s">
         <v>155</v>
       </c>
       <c r="G110" t="s">
@@ -3970,100 +3970,100 @@
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>143</v>
       </c>
       <c r="D111" t="s">
         <v>154</v>
       </c>
       <c r="E111" t="s">
         <v>148</v>
       </c>
       <c r="F111" t="s">
         <v>155</v>
       </c>
       <c r="G111" t="s">
         <v>21</v>
       </c>
       <c r="H111"/>
       <c r="I111">
         <v>872</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>56731</v>
+        <v>56849</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>143</v>
       </c>
       <c r="D112" t="s">
         <v>154</v>
       </c>
       <c r="E112" t="s">
         <v>148</v>
       </c>
       <c r="F112" t="s">
         <v>155</v>
       </c>
       <c r="G112" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H112"/>
+        <v>14</v>
+      </c>
+      <c r="H112" t="s">
+        <v>101</v>
+      </c>
       <c r="I112">
         <v>872</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>55318</v>
+        <v>56731</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>143</v>
       </c>
       <c r="D113" t="s">
         <v>154</v>
       </c>
       <c r="E113" t="s">
         <v>148</v>
       </c>
       <c r="F113" t="s">
         <v>155</v>
       </c>
       <c r="G113" t="s">
         <v>21</v>
       </c>
-      <c r="H113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
       <c r="I113">
         <v>872</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>49638</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>143</v>
       </c>
       <c r="D114" t="s">
         <v>156</v>
       </c>
       <c r="E114" t="s">
         <v>157</v>
       </c>
       <c r="F114" t="s">
         <v>158</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>