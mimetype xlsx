--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Механизм стеклоочистителя" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Код товара</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Кузов</t>
   </si>
   <si>
     <t>Двигатель</t>
   </si>
   <si>
     <t>Расположение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
@@ -338,171 +338,165 @@
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t>трапеция, в сборе</t>
   </si>
   <si>
     <t xml:space="preserve">PNY50     </t>
   </si>
   <si>
     <t>VQ35DE</t>
   </si>
   <si>
     <t xml:space="preserve">March                                   </t>
   </si>
   <si>
     <t xml:space="preserve">AK12      </t>
   </si>
   <si>
     <t>CR12DE</t>
   </si>
   <si>
     <t xml:space="preserve">Skyline                                 </t>
   </si>
   <si>
-    <t xml:space="preserve">PV36      </t>
+    <t xml:space="preserve">V36       </t>
+  </si>
+  <si>
+    <t>VQ25HR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CPV35     </t>
+  </si>
+  <si>
+    <t>купе</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PV35      </t>
+  </si>
+  <si>
+    <t>заднего стекла</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stagea                                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNM35     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M35       </t>
+  </si>
+  <si>
+    <t>VQ25DD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">X-Trail                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT30      </t>
+  </si>
+  <si>
+    <t>QR20DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HYUNDAI             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Getz                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TB13      </t>
+  </si>
+  <si>
+    <t>G4EA</t>
+  </si>
+  <si>
+    <t>правый руль</t>
+  </si>
+  <si>
+    <t>левый руль</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TB14      </t>
+  </si>
+  <si>
+    <t>G4EE</t>
+  </si>
+  <si>
+    <t>левый руль, 98100-1C100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TB16      </t>
+  </si>
+  <si>
+    <t>G4ED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avante                                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MD        </t>
+  </si>
+  <si>
+    <t>G4FD</t>
+  </si>
+  <si>
+    <t>дефект</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FORD                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transit                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FY        </t>
+  </si>
+  <si>
+    <t>DOFA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INFINITI            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FX35                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">S50       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>28710-CG000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>VQ35HR</t>
-  </si>
-[...115 lines deleted...]
-    <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t xml:space="preserve">FX45                                    </t>
   </si>
   <si>
     <t>VK45DE</t>
   </si>
   <si>
     <t xml:space="preserve">QX70                                    </t>
   </si>
   <si>
     <t xml:space="preserve"> Перед. Нижн.</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
@@ -856,51 +850,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I117"/>
+  <dimension ref="A1:I113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -928,3254 +922,3144 @@
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>2193</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>12571</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>34110</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>53856</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>22</v>
       </c>
       <c r="I5">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>12560</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>23257</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>12566</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>31</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8"/>
       <c r="I8">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>52992</v>
+        <v>51969</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>51969</v>
+        <v>52992</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>2428</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>23</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>3042</v>
+        <v>2385</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>23</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>31</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>2385</v>
+        <v>3042</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>23</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>2420</v>
+        <v>2439</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>23</v>
       </c>
       <c r="D14" t="s">
         <v>35</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>2439</v>
+        <v>2420</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>23</v>
       </c>
       <c r="D15" t="s">
         <v>35</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>12579</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>23</v>
       </c>
       <c r="D16" t="s">
         <v>38</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16" t="s">
         <v>40</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>33369</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>23</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>44</v>
       </c>
       <c r="I17">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>7443</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>23</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>10752</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>23</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>8881</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>23</v>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>2391</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>23</v>
       </c>
       <c r="D21" t="s">
         <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>2427</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>23</v>
       </c>
       <c r="D22" t="s">
         <v>51</v>
       </c>
       <c r="E22" t="s">
         <v>53</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>2367</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>23</v>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>55</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>2434</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>23</v>
       </c>
       <c r="D24" t="s">
         <v>54</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>2184</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>23</v>
       </c>
       <c r="D25" t="s">
         <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>26</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>3025</v>
+        <v>12554</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>23</v>
       </c>
       <c r="D26" t="s">
         <v>57</v>
       </c>
       <c r="E26" t="s">
         <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>26</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>12554</v>
+        <v>3025</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>23</v>
       </c>
       <c r="D27" t="s">
         <v>57</v>
       </c>
       <c r="E27" t="s">
         <v>58</v>
       </c>
       <c r="F27" t="s">
         <v>26</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>2223</v>
+        <v>2409</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>23</v>
       </c>
       <c r="D28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>40</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>23</v>
       </c>
       <c r="D29" t="s">
         <v>57</v>
       </c>
       <c r="E29" t="s">
         <v>59</v>
       </c>
       <c r="F29" t="s">
         <v>40</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29"/>
       <c r="I29">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>2409</v>
+        <v>2422</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>23</v>
       </c>
       <c r="D30" t="s">
         <v>57</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>40</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>2219</v>
+        <v>2379</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>23</v>
       </c>
       <c r="D31" t="s">
         <v>57</v>
       </c>
       <c r="E31" t="s">
         <v>59</v>
       </c>
       <c r="F31" t="s">
         <v>40</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>2429</v>
+        <v>2219</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>23</v>
       </c>
       <c r="D32" t="s">
         <v>57</v>
       </c>
       <c r="E32" t="s">
         <v>59</v>
       </c>
       <c r="F32" t="s">
         <v>40</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>2221</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>23</v>
       </c>
       <c r="D33" t="s">
         <v>57</v>
       </c>
       <c r="E33" t="s">
         <v>59</v>
       </c>
       <c r="F33" t="s">
         <v>40</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33"/>
       <c r="I33">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>2422</v>
+        <v>2429</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>23</v>
       </c>
       <c r="D34" t="s">
         <v>57</v>
       </c>
       <c r="E34" t="s">
         <v>59</v>
       </c>
       <c r="F34" t="s">
         <v>40</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34"/>
       <c r="I34">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>2386</v>
+        <v>2223</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>23</v>
       </c>
       <c r="D35" t="s">
         <v>57</v>
       </c>
       <c r="E35" t="s">
         <v>59</v>
       </c>
       <c r="F35" t="s">
         <v>40</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>37982</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>23</v>
       </c>
       <c r="D36" t="s">
         <v>60</v>
       </c>
       <c r="E36" t="s">
         <v>61</v>
       </c>
       <c r="F36" t="s">
         <v>62</v>
       </c>
       <c r="G36" t="s">
         <v>21</v>
       </c>
       <c r="H36" t="s">
         <v>63</v>
       </c>
       <c r="I36">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>6859</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>23</v>
       </c>
       <c r="D37" t="s">
         <v>64</v>
       </c>
       <c r="E37" t="s">
         <v>65</v>
       </c>
       <c r="F37" t="s">
         <v>66</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>18658</v>
+        <v>18644</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>23</v>
       </c>
       <c r="D38" t="s">
         <v>64</v>
       </c>
       <c r="E38" t="s">
         <v>67</v>
       </c>
       <c r="F38" t="s">
         <v>40</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>18644</v>
+        <v>18658</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>23</v>
       </c>
       <c r="D39" t="s">
         <v>64</v>
       </c>
       <c r="E39" t="s">
         <v>67</v>
       </c>
       <c r="F39" t="s">
         <v>40</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>2363</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>23</v>
       </c>
       <c r="D40" t="s">
         <v>68</v>
       </c>
       <c r="E40" t="s">
         <v>69</v>
       </c>
       <c r="F40" t="s">
         <v>31</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>18641</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>23</v>
       </c>
       <c r="D41" t="s">
         <v>70</v>
       </c>
       <c r="E41" t="s">
         <v>71</v>
       </c>
       <c r="F41" t="s">
         <v>26</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>7439</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>23</v>
       </c>
       <c r="D42" t="s">
         <v>70</v>
       </c>
       <c r="E42" t="s">
         <v>72</v>
       </c>
       <c r="F42" t="s">
         <v>40</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>2200</v>
+        <v>2372</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>73</v>
       </c>
       <c r="D43" t="s">
         <v>74</v>
       </c>
       <c r="E43" t="s">
         <v>75</v>
       </c>
       <c r="F43" t="s">
         <v>76</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>2372</v>
+        <v>2216</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>73</v>
       </c>
       <c r="D44" t="s">
         <v>74</v>
       </c>
       <c r="E44" t="s">
         <v>75</v>
       </c>
       <c r="F44" t="s">
         <v>76</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>2380</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>73</v>
       </c>
       <c r="D45" t="s">
         <v>74</v>
       </c>
       <c r="E45" t="s">
         <v>75</v>
       </c>
       <c r="F45" t="s">
         <v>76</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>2216</v>
+        <v>2200</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>73</v>
       </c>
       <c r="D46" t="s">
         <v>74</v>
       </c>
       <c r="E46" t="s">
         <v>75</v>
       </c>
       <c r="F46" t="s">
         <v>76</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>2369</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>73</v>
       </c>
       <c r="D47" t="s">
         <v>74</v>
       </c>
       <c r="E47" t="s">
         <v>77</v>
       </c>
       <c r="F47" t="s">
         <v>78</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>2222</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>73</v>
       </c>
       <c r="D48" t="s">
         <v>74</v>
       </c>
       <c r="E48" t="s">
         <v>77</v>
       </c>
       <c r="F48" t="s">
         <v>78</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48"/>
       <c r="I48">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>31673</v>
+        <v>36949</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>79</v>
       </c>
       <c r="D49" t="s">
         <v>80</v>
       </c>
       <c r="E49" t="s">
         <v>81</v>
       </c>
       <c r="F49" t="s">
         <v>82</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49"/>
       <c r="I49">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>36949</v>
+        <v>31673</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>79</v>
       </c>
       <c r="D50" t="s">
         <v>80</v>
       </c>
       <c r="E50" t="s">
         <v>81</v>
       </c>
       <c r="F50" t="s">
         <v>82</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50"/>
       <c r="I50">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>14338</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>83</v>
       </c>
       <c r="D51" t="s">
         <v>84</v>
       </c>
       <c r="E51" t="s">
         <v>85</v>
       </c>
       <c r="F51" t="s">
         <v>86</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>44</v>
       </c>
       <c r="I51">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>14309</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>83</v>
       </c>
       <c r="D52" t="s">
         <v>87</v>
       </c>
       <c r="E52" t="s">
         <v>88</v>
       </c>
       <c r="F52" t="s">
         <v>89</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>90</v>
       </c>
       <c r="I52">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>29389</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>83</v>
       </c>
       <c r="D53" t="s">
         <v>91</v>
       </c>
       <c r="E53" t="s">
         <v>92</v>
       </c>
       <c r="F53" t="s">
         <v>93</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>94</v>
       </c>
       <c r="I53">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>14304</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>83</v>
       </c>
       <c r="D54" t="s">
         <v>91</v>
       </c>
       <c r="E54" t="s">
         <v>92</v>
       </c>
       <c r="F54" t="s">
         <v>93</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>94</v>
       </c>
       <c r="I54">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>14303</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>83</v>
       </c>
       <c r="D55" t="s">
         <v>91</v>
       </c>
       <c r="E55" t="s">
         <v>92</v>
       </c>
       <c r="F55" t="s">
         <v>93</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>94</v>
       </c>
       <c r="I55">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>14311</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>83</v>
       </c>
       <c r="D56" t="s">
         <v>91</v>
       </c>
       <c r="E56" t="s">
         <v>92</v>
       </c>
       <c r="F56" t="s">
         <v>93</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>94</v>
       </c>
       <c r="I56">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>2201</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>95</v>
       </c>
       <c r="D57" t="s">
         <v>96</v>
       </c>
       <c r="E57" t="s">
         <v>97</v>
       </c>
       <c r="F57" t="s">
         <v>31</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57"/>
       <c r="I57">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>51903</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>95</v>
       </c>
       <c r="D58" t="s">
         <v>98</v>
       </c>
       <c r="E58" t="s">
         <v>99</v>
       </c>
       <c r="F58" t="s">
         <v>100</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>101</v>
       </c>
       <c r="I58">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>50276</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>95</v>
       </c>
       <c r="D59" t="s">
         <v>98</v>
       </c>
       <c r="E59" t="s">
         <v>102</v>
       </c>
       <c r="F59" t="s">
         <v>103</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59"/>
       <c r="I59">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>33681</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>95</v>
       </c>
       <c r="D60" t="s">
         <v>104</v>
       </c>
       <c r="E60" t="s">
         <v>105</v>
       </c>
       <c r="F60" t="s">
         <v>106</v>
       </c>
       <c r="G60" t="s">
         <v>21</v>
       </c>
       <c r="H60"/>
       <c r="I60">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>39212</v>
+        <v>58161</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>95</v>
       </c>
       <c r="D61" t="s">
         <v>107</v>
       </c>
       <c r="E61" t="s">
         <v>108</v>
       </c>
       <c r="F61" t="s">
         <v>109</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61"/>
       <c r="I61">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>58161</v>
+        <v>52615</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>95</v>
       </c>
       <c r="D62" t="s">
         <v>107</v>
       </c>
       <c r="E62" t="s">
         <v>110</v>
       </c>
       <c r="F62" t="s">
+        <v>103</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>111</v>
       </c>
-      <c r="G62" t="s">
-[...2 lines deleted...]
-      <c r="H62"/>
       <c r="I62">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>52615</v>
+        <v>20297</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>95</v>
       </c>
       <c r="D63" t="s">
         <v>107</v>
       </c>
       <c r="E63" t="s">
         <v>112</v>
       </c>
       <c r="F63" t="s">
         <v>103</v>
       </c>
       <c r="G63" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H63" t="s">
         <v>113</v>
       </c>
       <c r="I63">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>30929</v>
+        <v>51567</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>95</v>
       </c>
       <c r="D64" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E64" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F64" t="s">
         <v>103</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64"/>
       <c r="I64">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>20297</v>
+        <v>37118</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>95</v>
       </c>
       <c r="D65" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E65" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F65" t="s">
         <v>103</v>
       </c>
       <c r="G65" t="s">
         <v>21</v>
       </c>
       <c r="H65" t="s">
-        <v>115</v>
+        <v>63</v>
       </c>
       <c r="I65">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>51567</v>
+        <v>34532</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>95</v>
       </c>
       <c r="D66" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E66" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="F66" t="s">
         <v>103</v>
       </c>
       <c r="G66" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H66"/>
+        <v>21</v>
+      </c>
+      <c r="H66" t="s">
+        <v>63</v>
+      </c>
       <c r="I66">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>34532</v>
+        <v>34645</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>95</v>
       </c>
       <c r="D67" t="s">
+        <v>114</v>
+      </c>
+      <c r="E67" t="s">
         <v>116</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G67" t="s">
         <v>21</v>
       </c>
       <c r="H67" t="s">
         <v>63</v>
       </c>
       <c r="I67">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>37118</v>
+        <v>34938</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>95</v>
       </c>
       <c r="D68" t="s">
+        <v>114</v>
+      </c>
+      <c r="E68" t="s">
         <v>116</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G68" t="s">
         <v>21</v>
       </c>
       <c r="H68" t="s">
         <v>63</v>
       </c>
       <c r="I68">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>37576</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>95</v>
       </c>
       <c r="D69" t="s">
+        <v>114</v>
+      </c>
+      <c r="E69" t="s">
         <v>116</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="G69" t="s">
         <v>21</v>
       </c>
       <c r="H69" t="s">
         <v>63</v>
       </c>
       <c r="I69">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>34938</v>
+        <v>37619</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>95</v>
       </c>
       <c r="D70" t="s">
+        <v>114</v>
+      </c>
+      <c r="E70" t="s">
         <v>116</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="G70" t="s">
         <v>21</v>
       </c>
       <c r="H70" t="s">
         <v>63</v>
       </c>
       <c r="I70">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>34645</v>
+        <v>15775</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>95</v>
       </c>
       <c r="D71" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E71" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F71" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G71" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="I71">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>37619</v>
+        <v>48051</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="D72" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E72" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F72" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="G72" t="s">
         <v>21</v>
       </c>
       <c r="H72" t="s">
         <v>63</v>
       </c>
       <c r="I72">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>15775</v>
+        <v>26643</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="D73" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E73" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F73" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>44</v>
+        <v>125</v>
       </c>
       <c r="I73">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>35005</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
+        <v>121</v>
+      </c>
+      <c r="D74" t="s">
+        <v>122</v>
+      </c>
+      <c r="E74" t="s">
         <v>123</v>
       </c>
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>124</v>
       </c>
-      <c r="E74" t="s">
-[...2 lines deleted...]
-      <c r="F74" t="s">
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
         <v>126</v>
       </c>
-      <c r="G74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I74">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>48051</v>
+        <v>47732</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
+        <v>121</v>
+      </c>
+      <c r="D75" t="s">
+        <v>122</v>
+      </c>
+      <c r="E75" t="s">
         <v>123</v>
       </c>
-      <c r="D75" t="s">
+      <c r="F75" t="s">
         <v>124</v>
       </c>
-      <c r="E75" t="s">
-[...2 lines deleted...]
-      <c r="F75" t="s">
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
         <v>126</v>
       </c>
-      <c r="G75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I75">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>47732</v>
+        <v>47190</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D76" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E76" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F76" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="I76">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>26643</v>
+        <v>42499</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D77" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E77" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="F77" t="s">
+        <v>131</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
         <v>126</v>
       </c>
-      <c r="G77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I77">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>47190</v>
+        <v>36589</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D78" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E78" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F78" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="I78">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>42499</v>
+        <v>41258</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D79" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="E79" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F79" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="I79">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>36589</v>
+        <v>53515</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D80" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="E80" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F80" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="G80" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H80"/>
       <c r="I80">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>41258</v>
+        <v>54497</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D81" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E81" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F81" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>137</v>
+        <v>101</v>
       </c>
       <c r="I81">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>54873</v>
+        <v>58956</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="D82" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="E82" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="F82" t="s">
-        <v>136</v>
+        <v>103</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>138</v>
+        <v>101</v>
       </c>
       <c r="I82">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>53515</v>
+        <v>30343</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D83" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E83" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F83" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="G83" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H83"/>
+        <v>14</v>
+      </c>
+      <c r="H83" t="s">
+        <v>101</v>
+      </c>
       <c r="I83">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>54497</v>
+        <v>46490</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D84" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E84" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F84" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>101</v>
       </c>
       <c r="I84">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>47252</v>
+        <v>50533</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D85" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E85" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F85" t="s">
         <v>103</v>
       </c>
       <c r="G85" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="H85"/>
       <c r="I85">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>50533</v>
+        <v>55965</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D86" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E86" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F86" t="s">
         <v>103</v>
       </c>
       <c r="G86" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H86"/>
       <c r="I86">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>36425</v>
+        <v>55867</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D87" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E87" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F87" t="s">
         <v>103</v>
       </c>
       <c r="G87" t="s">
-        <v>14</v>
+        <v>143</v>
       </c>
       <c r="H87" t="s">
         <v>101</v>
       </c>
       <c r="I87">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>30343</v>
+        <v>53547</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D88" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E88" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F88" t="s">
         <v>103</v>
       </c>
       <c r="G88" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H88" t="s">
-        <v>101</v>
+        <v>144</v>
       </c>
       <c r="I88">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>55965</v>
+        <v>47252</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D89" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E89" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F89" t="s">
         <v>103</v>
       </c>
       <c r="G89" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H89"/>
+        <v>143</v>
+      </c>
+      <c r="H89" t="s">
+        <v>101</v>
+      </c>
       <c r="I89">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>55867</v>
+        <v>36425</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D90" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E90" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F90" t="s">
         <v>103</v>
       </c>
       <c r="G90" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="H90" t="s">
         <v>101</v>
       </c>
       <c r="I90">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>58956</v>
+        <v>43170</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D91" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E91" t="s">
         <v>145</v>
       </c>
       <c r="F91" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>101</v>
       </c>
       <c r="I91">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>53547</v>
+        <v>47880</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D92" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E92" t="s">
         <v>145</v>
       </c>
       <c r="F92" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="G92" t="s">
         <v>21</v>
       </c>
-      <c r="H92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H92"/>
       <c r="I92">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>46490</v>
+        <v>44949</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D93" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E93" t="s">
         <v>145</v>
       </c>
       <c r="F93" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="G93" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H93"/>
       <c r="I93">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>43170</v>
+        <v>46483</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D94" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E94" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F94" t="s">
-        <v>109</v>
+        <v>146</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>101</v>
       </c>
       <c r="I94">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>46483</v>
+        <v>58238</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D95" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E95" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F95" t="s">
-        <v>109</v>
+        <v>146</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
         <v>101</v>
       </c>
       <c r="I95">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>43425</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D96" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E96" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F96" t="s">
-        <v>109</v>
+        <v>146</v>
       </c>
       <c r="G96" t="s">
         <v>21</v>
       </c>
       <c r="H96"/>
       <c r="I96">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>58238</v>
+        <v>54106</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D97" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E97" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F97" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="G97" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H97"/>
       <c r="I97">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>47880</v>
+        <v>36736</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D98" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E98" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F98" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="G98" t="s">
         <v>21</v>
       </c>
       <c r="H98"/>
       <c r="I98">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>44949</v>
+        <v>57228</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D99" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="E99" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="F99" t="s">
-        <v>109</v>
+        <v>149</v>
       </c>
       <c r="G99" t="s">
         <v>21</v>
       </c>
-      <c r="H99"/>
+      <c r="H99" t="s">
+        <v>144</v>
+      </c>
       <c r="I99">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>36736</v>
+        <v>44747</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D100" t="s">
+        <v>148</v>
+      </c>
+      <c r="E100" t="s">
+        <v>142</v>
+      </c>
+      <c r="F100" t="s">
         <v>149</v>
       </c>
-      <c r="E100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G100" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H100"/>
+        <v>14</v>
+      </c>
+      <c r="H100" t="s">
+        <v>101</v>
+      </c>
       <c r="I100">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>54106</v>
+        <v>44700</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D101" t="s">
+        <v>148</v>
+      </c>
+      <c r="E101" t="s">
+        <v>142</v>
+      </c>
+      <c r="F101" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G101" t="s">
         <v>21</v>
       </c>
       <c r="H101"/>
       <c r="I101">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>35552</v>
+        <v>57424</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D102" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E102" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F102" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>101</v>
       </c>
       <c r="I102">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>57424</v>
+        <v>35552</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D103" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E103" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F103" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>101</v>
       </c>
       <c r="I103">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>57228</v>
+        <v>35750</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D104" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E104" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F104" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G104" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H104" t="s">
-        <v>147</v>
+        <v>101</v>
       </c>
       <c r="I104">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>44700</v>
+        <v>61798</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D105" t="s">
         <v>150</v>
       </c>
       <c r="E105" t="s">
         <v>145</v>
       </c>
       <c r="F105" t="s">
+        <v>100</v>
+      </c>
+      <c r="G105" t="s">
         <v>151</v>
       </c>
-      <c r="G105" t="s">
-[...2 lines deleted...]
-      <c r="H105"/>
+      <c r="H105" t="s">
+        <v>101</v>
+      </c>
       <c r="I105">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>44747</v>
+        <v>59514</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D106" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E106" t="s">
         <v>145</v>
       </c>
       <c r="F106" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>101</v>
       </c>
       <c r="I106">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>35750</v>
+        <v>56731</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D107" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E107" t="s">
         <v>145</v>
       </c>
       <c r="F107" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="G107" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H107"/>
       <c r="I107">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>61798</v>
+        <v>59557</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D108" t="s">
         <v>152</v>
       </c>
       <c r="E108" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F108" t="s">
-        <v>100</v>
+        <v>153</v>
       </c>
       <c r="G108" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H108"/>
       <c r="I108">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>55318</v>
+        <v>56849</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D109" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E109" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F109" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="G109" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H109" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="I109">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>59514</v>
+        <v>55318</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D110" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E110" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F110" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="G110" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H110" t="s">
-        <v>101</v>
+        <v>63</v>
       </c>
       <c r="I110">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>59557</v>
+        <v>49638</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D111" t="s">
         <v>154</v>
       </c>
       <c r="E111" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F111" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G111" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H111"/>
+        <v>14</v>
+      </c>
+      <c r="H111" t="s">
+        <v>157</v>
+      </c>
       <c r="I111">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>56849</v>
+        <v>48671</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D112" t="s">
         <v>154</v>
       </c>
       <c r="E112" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F112" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G112" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H112"/>
       <c r="I112">
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>56731</v>
+        <v>60215</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D113" t="s">
         <v>154</v>
       </c>
       <c r="E113" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="F113" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="G113" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H113"/>
       <c r="I113">
-        <v>872</v>
-[...109 lines deleted...]
-        <v>872</v>
+        <v>850</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">