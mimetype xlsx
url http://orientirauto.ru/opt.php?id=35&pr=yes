--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -164,54 +164,54 @@
   <si>
     <t>VQ35DE</t>
   </si>
   <si>
     <t xml:space="preserve">PV35      </t>
   </si>
   <si>
     <t>трос, ключ, личинка</t>
   </si>
   <si>
     <t xml:space="preserve">INFINITI            </t>
   </si>
   <si>
     <t xml:space="preserve">FX35                                    </t>
   </si>
   <si>
     <t xml:space="preserve">S50       </t>
   </si>
   <si>
     <t xml:space="preserve">S51       </t>
   </si>
   <si>
     <t>VQ35HR</t>
   </si>
   <si>
+    <t>285F5-1CA0A</t>
+  </si>
+  <si>
     <t>285F51CA0A</t>
-  </si>
-[...1 lines deleted...]
-    <t>285F5-1CA0A</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>285F5JK600</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
   </si>
   <si>
     <t xml:space="preserve">QX56                                    </t>
   </si>
@@ -925,167 +925,167 @@
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>40</v>
       </c>
       <c r="E12" t="s">
         <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>42</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>35</v>
       </c>
       <c r="I12">
         <v>977</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>61724</v>
+        <v>61731</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
       <c r="E13" t="s">
         <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>42</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="I13">
         <v>977</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>61731</v>
+        <v>61724</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>40</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I14">
         <v>977</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>61736</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>35</v>
       </c>
       <c r="I15">
         <v>977</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>59454</v>
+        <v>58469</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>49</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16">
         <v>977</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>58469</v>
+        <v>59454</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>49</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>51</v>
       </c>
       <c r="I17">
         <v>977</v>
       </c>
@@ -1118,51 +1118,51 @@
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>61587</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19" t="s">
         <v>53</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I19">
         <v>977</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>42326</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
       <c r="E20" t="s">
         <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>53</v>
       </c>
       <c r="G20" t="s">
@@ -1176,51 +1176,51 @@
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>53128</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>58</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I21">
         <v>977</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>61728</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>45</v>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>61</v>
       </c>
       <c r="G22" t="s">