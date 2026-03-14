--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Замок зажигания" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Код товара</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Кузов</t>
   </si>
   <si>
     <t>Двигатель</t>
   </si>
   <si>
     <t>Расположение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
@@ -189,59 +189,50 @@
     <t>285F5-1CA0A</t>
   </si>
   <si>
     <t>285F51CA0A</t>
   </si>
   <si>
     <t xml:space="preserve">FX37                                    </t>
   </si>
   <si>
     <t>VQ37VHR</t>
   </si>
   <si>
     <t xml:space="preserve">G37                                     </t>
   </si>
   <si>
     <t xml:space="preserve">V36       </t>
   </si>
   <si>
     <t>285F5JK600</t>
   </si>
   <si>
     <t xml:space="preserve">FX50                                    </t>
   </si>
   <si>
     <t>VK50VE</t>
-  </si>
-[...7 lines deleted...]
-    <t>VK56DE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -556,51 +547,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I22"/>
+  <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -630,629 +621,600 @@
       <c r="A2">
         <v>61737</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>61727</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>61726</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>61735</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>61753</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>61741</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>15</v>
       </c>
       <c r="I7">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>61747</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>29</v>
       </c>
       <c r="I8">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>61752</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>29</v>
       </c>
       <c r="I9">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>61734</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>35</v>
       </c>
       <c r="I10">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>61754</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>39</v>
       </c>
       <c r="I11">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>61730</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>40</v>
       </c>
       <c r="E12" t="s">
         <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>42</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>35</v>
       </c>
       <c r="I12">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>61731</v>
+        <v>61724</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
       <c r="E13" t="s">
         <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>42</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I13">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>61724</v>
+        <v>61731</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>40</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="I14">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>61736</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>35</v>
       </c>
       <c r="I15">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>58469</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>49</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>59454</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>49</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>51</v>
       </c>
       <c r="I17">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>54209</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18" t="s">
         <v>53</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>61587</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19" t="s">
         <v>53</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>42326</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
       <c r="E20" t="s">
         <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>53</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>56</v>
       </c>
       <c r="I20">
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>53128</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>58</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21">
-        <v>977</v>
-[...28 lines deleted...]
-        <v>977</v>
+        <v>900</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">