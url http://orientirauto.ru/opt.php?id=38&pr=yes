--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Стартер" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Код товара</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Кузов</t>
   </si>
   <si>
     <t>Двигатель</t>
   </si>
   <si>
     <t>Расположение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
@@ -117,62 +117,50 @@
     <t xml:space="preserve">Sambar                                  </t>
   </si>
   <si>
     <t xml:space="preserve">TW1       </t>
   </si>
   <si>
     <t>EN07</t>
   </si>
   <si>
     <t>23300KA512</t>
   </si>
   <si>
     <t xml:space="preserve">NISSAN              </t>
   </si>
   <si>
     <t xml:space="preserve">Cedric                                  </t>
   </si>
   <si>
     <t xml:space="preserve">HY34      </t>
   </si>
   <si>
     <t>VQ30DET</t>
   </si>
   <si>
     <t>23300AG010</t>
-  </si>
-[...10 lines deleted...]
-    <t>23300-AL600</t>
   </si>
   <si>
     <t xml:space="preserve">Patrol                                  </t>
   </si>
   <si>
     <t xml:space="preserve">Y62       </t>
   </si>
   <si>
     <t>VK56VD</t>
   </si>
   <si>
     <t>новый, аналог</t>
   </si>
   <si>
     <t xml:space="preserve">FORD                </t>
   </si>
   <si>
     <t xml:space="preserve">Focus                                   </t>
   </si>
   <si>
     <t xml:space="preserve">CB8       </t>
   </si>
   <si>
     <t>IQDB</t>
   </si>
@@ -523,51 +511,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I10"/>
+  <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.997314" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.996826" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.997559000000001" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -597,283 +585,254 @@
       <c r="A2">
         <v>55757</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>39959</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3">
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>39975</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
       <c r="I4">
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>39966</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
       <c r="I5">
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>39963</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
       <c r="I6">
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>56527</v>
+        <v>60498</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="I7">
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>60498</v>
+        <v>44044</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I8">
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>44044</v>
+        <v>60497</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="I9">
-        <v>4030</v>
-[...28 lines deleted...]
-        <v>4030</v>
+        <v>4197</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">