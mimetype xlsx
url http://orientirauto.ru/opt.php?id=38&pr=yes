--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -585,254 +585,254 @@
       <c r="A2">
         <v>55757</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>39959</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>39975</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
       <c r="I4">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>39966</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
       <c r="I5">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>39963</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
       <c r="I6">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>60498</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="I7">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>44044</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="E8" t="s">
         <v>41</v>
       </c>
       <c r="F8" t="s">
         <v>42</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>43</v>
       </c>
       <c r="I8">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>60497</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
       <c r="I9">
-        <v>4197</v>
+        <v>4347</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">