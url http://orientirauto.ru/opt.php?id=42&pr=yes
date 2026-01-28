--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -692,100 +692,100 @@
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
       <c r="I3">
         <v>2432</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>27538</v>
+        <v>11408</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>23</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
       <c r="I4">
         <v>2432</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>11408</v>
+        <v>27538</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
       <c r="I5">
         <v>2432</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>52693</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
@@ -856,107 +856,107 @@
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>2432</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>36299</v>
+        <v>35984</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>39</v>
+      </c>
       <c r="I10">
         <v>2432</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>35984</v>
+        <v>51225</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
         <v>2432</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>51225</v>
+        <v>36299</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>2432</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1101,132 +1101,132 @@
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>56</v>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>58</v>
       </c>
       <c r="F18" t="s">
         <v>30</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>2432</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>38580</v>
+        <v>54333</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>2432</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>54333</v>
+        <v>38580</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>2432</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>47975</v>
+        <v>45397</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
         <v>36</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>2432</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>45397</v>
+        <v>47975</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>2432</v>
       </c>
     </row>
     <row r="23" spans="1:9">