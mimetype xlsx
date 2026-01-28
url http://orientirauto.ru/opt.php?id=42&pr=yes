--- v1 (2026-01-28)
+++ v2 (2026-01-28)
@@ -692,100 +692,100 @@
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
       <c r="I3">
         <v>2432</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>11408</v>
+        <v>27538</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>23</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4">
         <v>2432</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>27538</v>
+        <v>11408</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>24</v>
+      </c>
       <c r="I5">
         <v>2432</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>52693</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
@@ -856,107 +856,107 @@
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>2432</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>35984</v>
+        <v>36299</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
       <c r="I10">
         <v>2432</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>51225</v>
+        <v>35984</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>39</v>
+      </c>
       <c r="I11">
         <v>2432</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>36299</v>
+        <v>51225</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>2432</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1317,78 +1317,78 @@
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>56</v>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" t="s">
         <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>2432</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>57284</v>
+        <v>55556</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27" t="s">
         <v>65</v>
       </c>
       <c r="E27" t="s">
         <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>66</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>2432</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>55556</v>
+        <v>57284</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>56</v>
       </c>
       <c r="D28" t="s">
         <v>65</v>
       </c>
       <c r="E28" t="s">
         <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>66</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>2432</v>
       </c>
     </row>
     <row r="29" spans="1:9">