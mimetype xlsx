--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -856,107 +856,107 @@
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>2432</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>36299</v>
+        <v>35984</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>39</v>
+      </c>
       <c r="I10">
         <v>2432</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>35984</v>
+        <v>51225</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
         <v>2432</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>51225</v>
+        <v>36299</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>2432</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1074,159 +1074,159 @@
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>55</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>2432</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>59035</v>
+        <v>38580</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>56</v>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>58</v>
       </c>
       <c r="F18" t="s">
         <v>30</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>2432</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>54333</v>
+        <v>59035</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>2432</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>38580</v>
+        <v>54333</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>2432</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>45397</v>
+        <v>47975</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
         <v>36</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>2432</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>47975</v>
+        <v>45397</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>2432</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1290,51 +1290,51 @@
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>56</v>
       </c>
       <c r="D25" t="s">
         <v>63</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
         <v>28</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25"/>
       <c r="I25">
         <v>2432</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>60027</v>
+        <v>57284</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>56</v>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" t="s">
         <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26"/>
       <c r="I26">
         <v>2432</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1344,51 +1344,51 @@
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>56</v>
       </c>
       <c r="D27" t="s">
         <v>65</v>
       </c>
       <c r="E27" t="s">
         <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>66</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27"/>
       <c r="I27">
         <v>2432</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>57284</v>
+        <v>60027</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>56</v>
       </c>
       <c r="D28" t="s">
         <v>65</v>
       </c>
       <c r="E28" t="s">
         <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>66</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28"/>
       <c r="I28">
         <v>2432</v>
       </c>
     </row>
     <row r="29" spans="1:9">