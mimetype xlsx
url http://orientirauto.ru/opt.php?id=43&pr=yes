--- v0 (2026-01-28)
+++ v1 (2026-01-28)
@@ -770,109 +770,109 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>311</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>26422</v>
+        <v>22172</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3">
         <v>311</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>21435</v>
+        <v>26422</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4">
         <v>311</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>22172</v>
+        <v>21435</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5">
         <v>311</v>
       </c>
@@ -944,167 +944,167 @@
       </c>
       <c r="C8" t="s">
         <v>16</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>19</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8">
         <v>311</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>26425</v>
+        <v>26427</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>15</v>
       </c>
       <c r="I9">
         <v>311</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>26423</v>
+        <v>21418</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>16</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10">
         <v>311</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>21418</v>
+        <v>21429</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>16</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11">
         <v>311</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>21429</v>
+        <v>21430</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12">
         <v>311</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>26426</v>
+        <v>26423</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>16</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>15</v>
       </c>
       <c r="I13">
         <v>311</v>
       </c>
@@ -1118,138 +1118,138 @@
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14">
         <v>311</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>21430</v>
+        <v>26425</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15">
         <v>311</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>26427</v>
+        <v>26426</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>16</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16">
         <v>311</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>26429</v>
+        <v>26430</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>16</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17" t="s">
         <v>26</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17">
         <v>311</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>26430</v>
+        <v>26429</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>16</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
       <c r="E18" t="s">
         <v>25</v>
       </c>
       <c r="F18" t="s">
         <v>26</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>15</v>
       </c>
       <c r="I18">
         <v>311</v>
       </c>
@@ -1321,80 +1321,80 @@
       </c>
       <c r="C21" t="s">
         <v>30</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
         <v>32</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21">
         <v>311</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>26469</v>
+        <v>26468</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>30</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>15</v>
       </c>
       <c r="I22">
         <v>311</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>26468</v>
+        <v>26469</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>30</v>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>36</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>15</v>
       </c>
       <c r="I23">
         <v>311</v>
       </c>
@@ -1437,80 +1437,80 @@
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>41</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>15</v>
       </c>
       <c r="I25">
         <v>311</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>26380</v>
+        <v>26377</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26" t="s">
         <v>41</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26" t="s">
         <v>45</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>15</v>
       </c>
       <c r="I26">
         <v>311</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>26377</v>
+        <v>26380</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>40</v>
       </c>
       <c r="D27" t="s">
         <v>41</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
         <v>45</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>15</v>
       </c>
       <c r="I27">
         <v>311</v>
       </c>
@@ -1785,80 +1785,80 @@
       </c>
       <c r="C37" t="s">
         <v>66</v>
       </c>
       <c r="D37" t="s">
         <v>67</v>
       </c>
       <c r="E37" t="s">
         <v>68</v>
       </c>
       <c r="F37" t="s">
         <v>69</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>15</v>
       </c>
       <c r="I37">
         <v>311</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>26346</v>
+        <v>26344</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>66</v>
       </c>
       <c r="D38" t="s">
         <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>71</v>
       </c>
       <c r="F38" t="s">
         <v>56</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>15</v>
       </c>
       <c r="I38">
         <v>311</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>26344</v>
+        <v>26346</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>66</v>
       </c>
       <c r="D39" t="s">
         <v>70</v>
       </c>
       <c r="E39" t="s">
         <v>71</v>
       </c>
       <c r="F39" t="s">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>15</v>
       </c>
       <c r="I39">
         <v>311</v>
       </c>
@@ -1930,196 +1930,196 @@
       </c>
       <c r="C42" t="s">
         <v>72</v>
       </c>
       <c r="D42" t="s">
         <v>73</v>
       </c>
       <c r="E42" t="s">
         <v>74</v>
       </c>
       <c r="F42" t="s">
         <v>56</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>15</v>
       </c>
       <c r="I42">
         <v>311</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>26389</v>
+        <v>21368</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>72</v>
       </c>
       <c r="D43" t="s">
         <v>73</v>
       </c>
       <c r="E43" t="s">
         <v>75</v>
       </c>
       <c r="F43" t="s">
         <v>76</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="I43">
         <v>311</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>26360</v>
+        <v>26389</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>72</v>
       </c>
       <c r="D44" t="s">
         <v>73</v>
       </c>
       <c r="E44" t="s">
         <v>75</v>
       </c>
       <c r="F44" t="s">
         <v>76</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>15</v>
       </c>
       <c r="I44">
         <v>311</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>21368</v>
+        <v>21367</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>72</v>
       </c>
       <c r="D45" t="s">
         <v>73</v>
       </c>
       <c r="E45" t="s">
         <v>75</v>
       </c>
       <c r="F45" t="s">
         <v>76</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="I45">
         <v>311</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>26359</v>
+        <v>26361</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>72</v>
       </c>
       <c r="D46" t="s">
         <v>73</v>
       </c>
       <c r="E46" t="s">
         <v>75</v>
       </c>
       <c r="F46" t="s">
         <v>76</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>15</v>
       </c>
       <c r="I46">
         <v>311</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>26361</v>
+        <v>26360</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>72</v>
       </c>
       <c r="D47" t="s">
         <v>73</v>
       </c>
       <c r="E47" t="s">
         <v>75</v>
       </c>
       <c r="F47" t="s">
         <v>76</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>15</v>
       </c>
       <c r="I47">
         <v>311</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>21367</v>
+        <v>26359</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>72</v>
       </c>
       <c r="D48" t="s">
         <v>73</v>
       </c>
       <c r="E48" t="s">
         <v>75</v>
       </c>
       <c r="F48" t="s">
         <v>76</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>15</v>
       </c>
       <c r="I48">
         <v>311</v>
       </c>
@@ -2278,80 +2278,80 @@
       </c>
       <c r="C54" t="s">
         <v>92</v>
       </c>
       <c r="D54" t="s">
         <v>93</v>
       </c>
       <c r="E54" t="s">
         <v>94</v>
       </c>
       <c r="F54" t="s">
         <v>95</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>15</v>
       </c>
       <c r="I54">
         <v>311</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>21459</v>
+        <v>26652</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>92</v>
       </c>
       <c r="D55" t="s">
         <v>93</v>
       </c>
       <c r="E55" t="s">
         <v>94</v>
       </c>
       <c r="F55" t="s">
         <v>95</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>15</v>
       </c>
       <c r="I55">
         <v>311</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>26652</v>
+        <v>21459</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>92</v>
       </c>
       <c r="D56" t="s">
         <v>93</v>
       </c>
       <c r="E56" t="s">
         <v>94</v>
       </c>
       <c r="F56" t="s">
         <v>95</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>15</v>
       </c>
       <c r="I56">
         <v>311</v>
       </c>
@@ -2452,80 +2452,80 @@
       </c>
       <c r="C60" t="s">
         <v>101</v>
       </c>
       <c r="D60" t="s">
         <v>102</v>
       </c>
       <c r="E60" t="s">
         <v>103</v>
       </c>
       <c r="F60" t="s">
         <v>104</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>15</v>
       </c>
       <c r="I60">
         <v>311</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>56841</v>
+        <v>50368</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>101</v>
       </c>
       <c r="D61" t="s">
         <v>105</v>
       </c>
       <c r="E61" t="s">
         <v>103</v>
       </c>
       <c r="F61" t="s">
         <v>106</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>15</v>
       </c>
       <c r="I61">
         <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>50368</v>
+        <v>56841</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>101</v>
       </c>
       <c r="D62" t="s">
         <v>105</v>
       </c>
       <c r="E62" t="s">
         <v>103</v>
       </c>
       <c r="F62" t="s">
         <v>106</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>15</v>
       </c>
       <c r="I62">
         <v>311</v>
       </c>