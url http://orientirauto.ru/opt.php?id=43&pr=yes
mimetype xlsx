--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -770,138 +770,138 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>311</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>22172</v>
+        <v>21422</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3">
         <v>311</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>26422</v>
+        <v>22172</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4">
         <v>311</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>21435</v>
+        <v>26422</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5">
         <v>311</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>21422</v>
+        <v>21435</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6">
         <v>311</v>
       </c>
@@ -944,254 +944,254 @@
       </c>
       <c r="C8" t="s">
         <v>16</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>19</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8">
         <v>311</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>26427</v>
+        <v>26424</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>15</v>
       </c>
       <c r="I9">
         <v>311</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>21418</v>
+        <v>21430</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>16</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10">
         <v>311</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>21429</v>
+        <v>21418</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>16</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11">
         <v>311</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>21430</v>
+        <v>26423</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>24</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12">
         <v>311</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>26423</v>
+        <v>26426</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>16</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>24</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>15</v>
       </c>
       <c r="I13">
         <v>311</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>26424</v>
+        <v>26425</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14">
         <v>311</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>26425</v>
+        <v>21429</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15">
         <v>311</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>26426</v>
+        <v>26427</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>16</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>24</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16">
         <v>311</v>
       </c>
@@ -1321,80 +1321,80 @@
       </c>
       <c r="C21" t="s">
         <v>30</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
         <v>32</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21">
         <v>311</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>26468</v>
+        <v>26469</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>30</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>15</v>
       </c>
       <c r="I22">
         <v>311</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>26469</v>
+        <v>26468</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>30</v>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>36</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>15</v>
       </c>
       <c r="I23">
         <v>311</v>
       </c>
@@ -1785,362 +1785,362 @@
       </c>
       <c r="C37" t="s">
         <v>66</v>
       </c>
       <c r="D37" t="s">
         <v>67</v>
       </c>
       <c r="E37" t="s">
         <v>68</v>
       </c>
       <c r="F37" t="s">
         <v>69</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>15</v>
       </c>
       <c r="I37">
         <v>311</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>26344</v>
+        <v>26345</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>66</v>
       </c>
       <c r="D38" t="s">
         <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>71</v>
       </c>
       <c r="F38" t="s">
         <v>56</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>15</v>
       </c>
       <c r="I38">
         <v>311</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>26346</v>
+        <v>26344</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>66</v>
       </c>
       <c r="D39" t="s">
         <v>70</v>
       </c>
       <c r="E39" t="s">
         <v>71</v>
       </c>
       <c r="F39" t="s">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>15</v>
       </c>
       <c r="I39">
         <v>311</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>26345</v>
+        <v>26346</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>66</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="E40" t="s">
         <v>71</v>
       </c>
       <c r="F40" t="s">
         <v>56</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>15</v>
       </c>
       <c r="I40">
         <v>311</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>26362</v>
+        <v>26363</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>72</v>
       </c>
       <c r="D41" t="s">
         <v>73</v>
       </c>
       <c r="E41" t="s">
         <v>74</v>
       </c>
       <c r="F41" t="s">
         <v>56</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>15</v>
       </c>
       <c r="I41">
         <v>311</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>26363</v>
+        <v>26362</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>72</v>
       </c>
       <c r="D42" t="s">
         <v>73</v>
       </c>
       <c r="E42" t="s">
         <v>74</v>
       </c>
       <c r="F42" t="s">
         <v>56</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>15</v>
       </c>
       <c r="I42">
         <v>311</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>21368</v>
+        <v>21367</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>72</v>
       </c>
       <c r="D43" t="s">
         <v>73</v>
       </c>
       <c r="E43" t="s">
         <v>75</v>
       </c>
       <c r="F43" t="s">
         <v>76</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="I43">
         <v>311</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>26389</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>72</v>
       </c>
       <c r="D44" t="s">
         <v>73</v>
       </c>
       <c r="E44" t="s">
         <v>75</v>
       </c>
       <c r="F44" t="s">
         <v>76</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>15</v>
       </c>
       <c r="I44">
         <v>311</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>21367</v>
+        <v>26361</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>72</v>
       </c>
       <c r="D45" t="s">
         <v>73</v>
       </c>
       <c r="E45" t="s">
         <v>75</v>
       </c>
       <c r="F45" t="s">
         <v>76</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>15</v>
       </c>
       <c r="I45">
         <v>311</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>26361</v>
+        <v>26360</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>72</v>
       </c>
       <c r="D46" t="s">
         <v>73</v>
       </c>
       <c r="E46" t="s">
         <v>75</v>
       </c>
       <c r="F46" t="s">
         <v>76</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>15</v>
       </c>
       <c r="I46">
         <v>311</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>26360</v>
+        <v>26359</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>72</v>
       </c>
       <c r="D47" t="s">
         <v>73</v>
       </c>
       <c r="E47" t="s">
         <v>75</v>
       </c>
       <c r="F47" t="s">
         <v>76</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>15</v>
       </c>
       <c r="I47">
         <v>311</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>26359</v>
+        <v>21368</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>72</v>
       </c>
       <c r="D48" t="s">
         <v>73</v>
       </c>
       <c r="E48" t="s">
         <v>75</v>
       </c>
       <c r="F48" t="s">
         <v>76</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="I48">
         <v>311</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>21402</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>72</v>
       </c>
       <c r="D49" t="s">
         <v>78</v>
       </c>
       <c r="E49" t="s">
         <v>79</v>
       </c>
       <c r="F49" t="s">
         <v>80</v>
       </c>
       <c r="G49" t="s">
@@ -2278,138 +2278,138 @@
       </c>
       <c r="C54" t="s">
         <v>92</v>
       </c>
       <c r="D54" t="s">
         <v>93</v>
       </c>
       <c r="E54" t="s">
         <v>94</v>
       </c>
       <c r="F54" t="s">
         <v>95</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>15</v>
       </c>
       <c r="I54">
         <v>311</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>26652</v>
+        <v>21459</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>92</v>
       </c>
       <c r="D55" t="s">
         <v>93</v>
       </c>
       <c r="E55" t="s">
         <v>94</v>
       </c>
       <c r="F55" t="s">
         <v>95</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>15</v>
       </c>
       <c r="I55">
         <v>311</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>21459</v>
+        <v>26652</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>92</v>
       </c>
       <c r="D56" t="s">
         <v>93</v>
       </c>
       <c r="E56" t="s">
         <v>94</v>
       </c>
       <c r="F56" t="s">
         <v>95</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>15</v>
       </c>
       <c r="I56">
         <v>311</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>47602</v>
+        <v>38714</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>92</v>
       </c>
       <c r="D57" t="s">
         <v>93</v>
       </c>
       <c r="E57" t="s">
         <v>96</v>
       </c>
       <c r="F57" t="s">
         <v>97</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>15</v>
       </c>
       <c r="I57">
         <v>311</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>38714</v>
+        <v>47602</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>92</v>
       </c>
       <c r="D58" t="s">
         <v>93</v>
       </c>
       <c r="E58" t="s">
         <v>96</v>
       </c>
       <c r="F58" t="s">
         <v>97</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
       <c r="I58">
         <v>311</v>
       </c>